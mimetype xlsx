--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · degré de recouvrement (photo aérienne, 5 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022) · degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région biogéographique</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...17 lines deleted...]
-    <t>degré de recouvrement (photo aérienne, 5 classes)</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against channel processes (2022)</t>
+  </si>
+  <si>
+    <t>degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'interieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1191163/372912</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+      <t xml:space="preserve">protective forest against channel processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degré de recouvrement (photo aérienne, 5 classes)</t>
+      <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Proportion de la surface du sol selon l'interprétation des photos aériennes qui est couverte par la cime des arbres, en cinq classes de 20%. La proportion est calculée à l'aide des 25 points de trame sur la surface d'interprétation (50 × 50 m). Source: interprétation des photos aériennes</t>
+    <t>Proportion of the ground area covered by tree crowns according to the aerial photo interpretation – in five 20-percent classes. The percentage is calculated using the 25 grid points on the interpretation area (50 × 50 m). Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Zone répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>201.7</v>
       </c>
       <c r="N40" s="6">
         <v>2</v>
       </c>
       <c r="O40" s="6">
         <v>1327.1</v>
       </c>
       <c r="P40" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1191163/372912</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+            <t xml:space="preserve">protective forest against channel processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degré de recouvrement (photo aérienne, 5 classes)</t>
+            <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>