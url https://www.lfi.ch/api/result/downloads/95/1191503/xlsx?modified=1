--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>forêt de protection contre des chutes de pierres ou de blocs (2022) · degré de recouvrement (photo aérienne, 5 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt IFN4/IFN5</t>
+      <t xml:space="preserve">: forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région de production</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Préalpes</t>
-[...14 lines deleted...]
-    <t>degré de recouvrement (photo aérienne, 5 classes)</t>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>degree of cover (aerial photo, 5 classes)</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>à l'intérieur</t>
-[...2 lines deleted...]
-    <t>à l'extérieur</t>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1191503/373252</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les chutes de pierres ou de blocs délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degré de recouvrement (photo aérienne, 5 classes)</t>
+      <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Proportion de la surface du sol selon l'interprétation des photos aériennes qui est couverte par la cime des arbres, en cinq classes de 20%. La proportion est calculée à l'aide des 25 points de trame sur la surface d'interprétation (50 × 50 m). Source: interprétation des photos aériennes</t>
+    <t>Proportion of the ground area covered by tree crowns according to the aerial photo interpretation – in five 20-percent classes. The percentage is calculated using the 25 grid points on the interpretation area (50 × 50 m). Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt IFN4/IFN5</t>
+      <t xml:space="preserve">forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Zone correspondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», à la fois dans l'IFN4 (2009-2017) et dans l'IFN5 (2018-2026).</t>
+    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>187.6</v>
       </c>
       <c r="L40" s="6">
         <v>2</v>
       </c>
       <c r="M40" s="6">
         <v>1290.8</v>
       </c>
       <c r="N40" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1191503/373252</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt de protection contre des chutes de pierres ou de blocs (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degré de recouvrement (photo aérienne, 5 classes)</t>
+            <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt IFN4/IFN5</t>
+            <t xml:space="preserve">forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>