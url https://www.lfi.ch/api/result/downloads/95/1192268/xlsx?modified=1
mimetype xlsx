--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Verjüngungsart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...5 lines deleted...]
-    <t>artificial (planting)</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>natürlich</t>
+  </si>
+  <si>
+    <t>künstlich (Pflanzung)</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>mixed</t>
-[...2 lines deleted...]
-    <t>total</t>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1192268/374017</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of regeneration</t>
+      <t xml:space="preserve">Verjüngungsart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #320</t>
     </r>
   </si>
   <si>
-    <t>Type of stand establishment, with natural and artificial regeneration distinguished. Reference: Field Survey (MID 275: Verjüngungsart)</t>
+    <t>Art der Bestandesbegründung, wobei zwischen natürlicher und künstlicher Verjüngung unterschieden wird. Grundlage: Feldaufnahme (MID 275: Verjüngungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1192268/374017</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of regeneration</t>
+            <t xml:space="preserve">Verjüngungsart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #320</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>