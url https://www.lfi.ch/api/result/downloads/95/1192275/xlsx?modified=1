--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>type of regeneration</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Verjüngungsart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>natural</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>natürlich</t>
+  </si>
+  <si>
+    <t>künstlich (Pflanzung)</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1192275/374024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of regeneration</t>
+      <t xml:space="preserve">Verjüngungsart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #320</t>
     </r>
   </si>
   <si>
-    <t>Type of stand establishment, with natural and artificial regeneration distinguished. Reference: Field Survey (MID 275: Verjüngungsart)</t>
+    <t>Art der Bestandesbegründung, wobei zwischen natürlicher und künstlicher Verjüngung unterschieden wird. Grundlage: Feldaufnahme (MID 275: Verjüngungsart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>100.0</v>
       </c>
       <c r="AC17" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD17" s="6">
         <v>100.0</v>
       </c>
       <c r="AE17" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1192275/374024</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of regeneration</t>
+            <t xml:space="preserve">Verjüngungsart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #320</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>