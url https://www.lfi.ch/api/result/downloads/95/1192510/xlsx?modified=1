--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>status of certification</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Zertifizierung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">: zugänglicher Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no certification planned</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierung vorgesehen</t>
+  </si>
+  <si>
+    <t>Zertifizierungsprozess im Gange</t>
+  </si>
+  <si>
+    <t>Betriebszertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Betriebs- und Gruppenzertifizierung in Kraft</t>
+  </si>
+  <si>
+    <t>Zertifizierung abgelaufen, keine Erneuerung vorgesehen</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1192510/374259</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of certification</t>
+      <t xml:space="preserve">Zertifizierung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
+    <t>Stand und Art der Zertifizierung. Grundlage: Forstdienstbefragung (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">zugänglicher Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1192510/374259</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of certification</t>
+            <t xml:space="preserve">Zertifizierung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">zugänglicher Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>