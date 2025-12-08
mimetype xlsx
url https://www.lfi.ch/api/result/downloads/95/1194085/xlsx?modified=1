--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -12,423 +12,426 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
-[...7 lines deleted...]
-    <t>dominant age · altitudinal vegetation belts (NaiS, 3 classes)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>dominantes Alter · NaiS-Vegetationshöhenstufen (3 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS, 3 classes)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>dominantes Alter</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>Wert nicht ermittelt</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpine</t>
-[...23 lines deleted...]
-    <t>&gt;160 years</t>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>montan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch, kollin, submontan</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>=40 Jahre</t>
+  </si>
+  <si>
+    <t>41-80 Jahre</t>
+  </si>
+  <si>
+    <t>81-120 Jahre</t>
+  </si>
+  <si>
+    <t>121-160 Jahre</t>
+  </si>
+  <si>
+    <t>&gt;160 Jahre</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1194085/375834</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant age</t>
+      <t xml:space="preserve">dominantes Alter</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2325</t>
     </r>
   </si>
   <si>
-    <t>Mean age of the 100 largest standing living trees and shrubs ≥12 cm in diameter at breast height (dbh) per hectare – in five classes. Reference: Field Survey (MID 826: Baumalter)</t>
+    <t>Mittleres Alter der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare in fünf Klassen. Grundlage: Feldaufnahme (MID 826: Baumalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to three classes. The variable represents a simplification of the NaiS altititudinal vegetation belts in six classes (NAISHSTKOMB6KL) in which the class «hyperinsubric and colline» is mearged with «submontane» to form the class «hyperinsubric, colline, submontane», the class «lower and upper montane» with «high montane» to form the class «montane» and the class «subalpine» with «upper subalpine» to form the class «subalpine». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1060,725 +1063,725 @@
       </c>
       <c r="AA12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AF12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
       <c r="H13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I13" s="7">
         <v>0.0</v>
       </c>
       <c r="J13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K13" s="7">
         <v>0.0</v>
       </c>
       <c r="L13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M13" s="7">
         <v>0.0</v>
       </c>
       <c r="N13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W13" s="7">
         <v>0.0</v>
       </c>
       <c r="X13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y13" s="7">
         <v>0.0</v>
       </c>
       <c r="Z13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA13" s="7">
         <v>0.0</v>
       </c>
       <c r="AB13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC13" s="7">
         <v>0.0</v>
       </c>
       <c r="AD13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE13" s="7">
         <v>0.0</v>
       </c>
       <c r="AF13" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14" s="7">
         <v>0.0</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G14" s="7">
         <v>0.0</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I14" s="7">
         <v>0.0</v>
       </c>
       <c r="J14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K14" s="7">
         <v>0.0</v>
       </c>
       <c r="L14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M14" s="7">
         <v>0.0</v>
       </c>
       <c r="N14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O14" s="7">
         <v>22.5</v>
       </c>
       <c r="P14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S14" s="7">
         <v>100.0</v>
       </c>
       <c r="T14" s="7">
         <v>0.0</v>
       </c>
       <c r="U14" s="7">
         <v>26.7</v>
       </c>
       <c r="V14" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W14" s="7">
         <v>33.7</v>
       </c>
       <c r="X14" s="7">
         <v>15.8</v>
       </c>
       <c r="Y14" s="7">
         <v>53.1</v>
       </c>
       <c r="Z14" s="7">
         <v>12.1</v>
       </c>
       <c r="AA14" s="7">
         <v>34.1</v>
       </c>
       <c r="AB14" s="7">
         <v>12.3</v>
       </c>
       <c r="AC14" s="7">
         <v>57.1</v>
       </c>
       <c r="AD14" s="7">
         <v>13.3</v>
       </c>
       <c r="AE14" s="7">
         <v>28.4</v>
       </c>
       <c r="AF14" s="7">
         <v>4.4</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C15" s="7">
         <v>87.3</v>
       </c>
       <c r="D15" s="7">
         <v>11.9</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G15" s="7">
         <v>0.0</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I15" s="7">
         <v>49.0</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K15" s="7">
         <v>24.4</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M15" s="7">
         <v>100.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>77.5</v>
       </c>
       <c r="P15" s="7">
         <v>20.1</v>
       </c>
       <c r="Q15" s="7">
         <v>84.1</v>
       </c>
       <c r="R15" s="7">
         <v>14.5</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U15" s="7">
         <v>73.3</v>
       </c>
       <c r="V15" s="7">
         <v>22.6</v>
       </c>
       <c r="W15" s="7">
         <v>66.3</v>
       </c>
       <c r="X15" s="7">
         <v>15.8</v>
       </c>
       <c r="Y15" s="7">
         <v>35.2</v>
       </c>
       <c r="Z15" s="7">
         <v>11.6</v>
       </c>
       <c r="AA15" s="7">
         <v>65.9</v>
       </c>
       <c r="AB15" s="7">
         <v>12.3</v>
       </c>
       <c r="AC15" s="7">
         <v>14.3</v>
       </c>
       <c r="AD15" s="7">
         <v>9.4</v>
       </c>
       <c r="AE15" s="7">
         <v>52.0</v>
       </c>
       <c r="AF15" s="7">
         <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>12.7</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E16" s="7">
         <v>100.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>100.0</v>
       </c>
       <c r="H16" s="7">
         <v>0.0</v>
       </c>
       <c r="I16" s="7">
         <v>51.0</v>
       </c>
       <c r="J16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K16" s="7">
         <v>75.6</v>
       </c>
       <c r="L16" s="7">
         <v>21.3</v>
       </c>
       <c r="M16" s="7">
         <v>0.0</v>
       </c>
       <c r="N16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O16" s="7">
         <v>0.0</v>
       </c>
       <c r="P16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q16" s="7">
         <v>15.9</v>
       </c>
       <c r="R16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
       <c r="T16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U16" s="7">
         <v>0.0</v>
       </c>
       <c r="V16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W16" s="7">
         <v>0.0</v>
       </c>
       <c r="X16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y16" s="7">
         <v>11.7</v>
       </c>
       <c r="Z16" s="7">
         <v>7.8</v>
       </c>
       <c r="AA16" s="7">
         <v>0.0</v>
       </c>
       <c r="AB16" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC16" s="7">
         <v>28.6</v>
       </c>
       <c r="AD16" s="7">
         <v>12.1</v>
       </c>
       <c r="AE16" s="7">
         <v>19.6</v>
       </c>
       <c r="AF16" s="7">
         <v>3.9</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C17" s="7">
         <v>100.0</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E17" s="7">
         <v>100.0</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G17" s="7">
         <v>100.0</v>
       </c>
       <c r="H17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I17" s="7">
         <v>100.0</v>
       </c>
       <c r="J17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K17" s="7">
         <v>100.0</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M17" s="7">
         <v>100.0</v>
       </c>
       <c r="N17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O17" s="7">
         <v>100.0</v>
       </c>
       <c r="P17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q17" s="7">
         <v>100.0</v>
       </c>
       <c r="R17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S17" s="7">
         <v>100.0</v>
       </c>
       <c r="T17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U17" s="7">
         <v>100.0</v>
       </c>
       <c r="V17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W17" s="7">
         <v>100.0</v>
       </c>
       <c r="X17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y17" s="7">
         <v>100.0</v>
       </c>
       <c r="Z17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA17" s="7">
         <v>100.0</v>
       </c>
       <c r="AB17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC17" s="7">
         <v>100.0</v>
       </c>
       <c r="AD17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE17" s="7">
         <v>100.0</v>
       </c>
       <c r="AF17" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:32">
       <c r="A18" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U18" s="7">
         <v>0.0</v>
       </c>
       <c r="V18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W18" s="7">
         <v>0.0</v>
       </c>
       <c r="X18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y18" s="7">
         <v>0.0</v>
       </c>
       <c r="Z18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA18" s="7">
         <v>0.0</v>
       </c>
       <c r="AB18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC18" s="7">
         <v>0.0</v>
       </c>
       <c r="AD18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE18" s="7">
         <v>0.0</v>
       </c>
       <c r="AF18" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C19" s="7">
         <v>0.0</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G19" s="7">
         <v>0.0</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I19" s="7">
         <v>0.0</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K19" s="7">
         <v>0.0</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M19" s="7">
         <v>0.0</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O19" s="7">
         <v>10.0</v>
       </c>
       <c r="P19" s="7">
         <v>6.9</v>
       </c>
       <c r="Q19" s="7">
         <v>0.0</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S19" s="7">
         <v>5.2</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U19" s="7">
         <v>32.9</v>
       </c>
       <c r="V19" s="7">
         <v>19.1</v>
       </c>
       <c r="W19" s="7">
         <v>9.3</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y19" s="7">
         <v>33.8</v>
       </c>
       <c r="Z19" s="7">
         <v>10.4</v>
       </c>
       <c r="AA19" s="7">
         <v>38.5</v>
       </c>
       <c r="AB19" s="7">
         <v>8.0</v>
       </c>
       <c r="AC19" s="7">
         <v>14.9</v>
       </c>
       <c r="AD19" s="7">
         <v>6.2</v>
       </c>
       <c r="AE19" s="7">
         <v>9.2</v>
       </c>
       <c r="AF19" s="7">
         <v>1.5</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C20" s="7">
         <v>64.1</v>
       </c>
       <c r="D20" s="7">
         <v>8.7</v>
       </c>
       <c r="E20" s="7">
         <v>10.5</v>
       </c>
       <c r="F20" s="7">
         <v>7.1</v>
       </c>
       <c r="G20" s="7">
         <v>37.2</v>
       </c>
       <c r="H20" s="7">
         <v>10.4</v>
       </c>
       <c r="I20" s="7">
         <v>27.6</v>
       </c>
       <c r="J20" s="7">
         <v>6.7</v>
       </c>
@@ -1830,437 +1833,437 @@
       <c r="Z20" s="7">
         <v>10.8</v>
       </c>
       <c r="AA20" s="7">
         <v>53.5</v>
       </c>
       <c r="AB20" s="7">
         <v>8.2</v>
       </c>
       <c r="AC20" s="7">
         <v>46.2</v>
       </c>
       <c r="AD20" s="7">
         <v>8.5</v>
       </c>
       <c r="AE20" s="7">
         <v>48.4</v>
       </c>
       <c r="AF20" s="7">
         <v>2.6</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C21" s="7">
         <v>35.9</v>
       </c>
       <c r="D21" s="7">
         <v>8.7</v>
       </c>
       <c r="E21" s="7">
         <v>89.5</v>
       </c>
       <c r="F21" s="7">
         <v>7.1</v>
       </c>
       <c r="G21" s="7">
         <v>62.8</v>
       </c>
       <c r="H21" s="7">
         <v>10.4</v>
       </c>
       <c r="I21" s="7">
         <v>72.4</v>
       </c>
       <c r="J21" s="7">
         <v>6.7</v>
       </c>
       <c r="K21" s="7">
         <v>82.0</v>
       </c>
       <c r="L21" s="7">
         <v>4.9</v>
       </c>
       <c r="M21" s="7">
         <v>0.0</v>
       </c>
       <c r="N21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O21" s="7">
         <v>4.7</v>
       </c>
       <c r="P21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q21" s="7">
         <v>0.0</v>
       </c>
       <c r="R21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S21" s="7">
         <v>4.9</v>
       </c>
       <c r="T21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U21" s="7">
         <v>0.0</v>
       </c>
       <c r="V21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W21" s="7">
         <v>0.0</v>
       </c>
       <c r="X21" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y21" s="7">
         <v>23.5</v>
       </c>
       <c r="Z21" s="7">
         <v>9.2</v>
       </c>
       <c r="AA21" s="7">
         <v>8.0</v>
       </c>
       <c r="AB21" s="7">
         <v>4.5</v>
       </c>
       <c r="AC21" s="7">
         <v>38.9</v>
       </c>
       <c r="AD21" s="7">
         <v>8.4</v>
       </c>
       <c r="AE21" s="7">
         <v>42.4</v>
       </c>
       <c r="AF21" s="7">
         <v>2.6</v>
       </c>
     </row>
     <row r="22" spans="1:32">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C22" s="7">
         <v>100.0</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E22" s="7">
         <v>100.0</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G22" s="7">
         <v>100.0</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I22" s="7">
         <v>100.0</v>
       </c>
       <c r="J22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K22" s="7">
         <v>100.0</v>
       </c>
       <c r="L22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M22" s="7">
         <v>100.0</v>
       </c>
       <c r="N22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O22" s="7">
         <v>100.0</v>
       </c>
       <c r="P22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q22" s="7">
         <v>100.0</v>
       </c>
       <c r="R22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S22" s="7">
         <v>100.0</v>
       </c>
       <c r="T22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U22" s="7">
         <v>100.0</v>
       </c>
       <c r="V22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W22" s="7">
         <v>100.0</v>
       </c>
       <c r="X22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y22" s="7">
         <v>100.0</v>
       </c>
       <c r="Z22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA22" s="7">
         <v>100.0</v>
       </c>
       <c r="AB22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC22" s="7">
         <v>100.0</v>
       </c>
       <c r="AD22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE22" s="7">
         <v>100.0</v>
       </c>
       <c r="AF22" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C23" s="7">
         <v>0.0</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E23" s="7">
         <v>0.0</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G23" s="7">
         <v>0.0</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I23" s="7">
         <v>0.0</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K23" s="7">
         <v>0.0</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U23" s="7">
         <v>0.0</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W23" s="7">
         <v>0.0</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y23" s="7">
         <v>0.0</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA23" s="7">
         <v>0.0</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC23" s="7">
         <v>0.0</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE23" s="7">
         <v>0.0</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G24" s="7">
         <v>0.0</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M24" s="7">
         <v>7.2</v>
       </c>
       <c r="N24" s="7">
         <v>4.9</v>
       </c>
       <c r="O24" s="7">
         <v>3.6</v>
       </c>
       <c r="P24" s="7">
         <v>2.5</v>
       </c>
       <c r="Q24" s="7">
         <v>0.0</v>
       </c>
       <c r="R24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S24" s="7">
         <v>6.7</v>
       </c>
       <c r="T24" s="7">
         <v>4.6</v>
       </c>
       <c r="U24" s="7">
         <v>38.1</v>
       </c>
       <c r="V24" s="7">
         <v>12.2</v>
       </c>
       <c r="W24" s="7">
         <v>0.0</v>
       </c>
       <c r="X24" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y24" s="7">
         <v>22.6</v>
       </c>
       <c r="Z24" s="7">
         <v>4.8</v>
       </c>
       <c r="AA24" s="7">
         <v>30.4</v>
       </c>
       <c r="AB24" s="7">
         <v>5.4</v>
       </c>
       <c r="AC24" s="7">
         <v>10.3</v>
       </c>
       <c r="AD24" s="7">
         <v>2.3</v>
       </c>
       <c r="AE24" s="7">
         <v>7.8</v>
       </c>
       <c r="AF24" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C25" s="7">
         <v>69.4</v>
       </c>
       <c r="D25" s="7">
         <v>4.7</v>
       </c>
       <c r="E25" s="7">
         <v>19.8</v>
       </c>
       <c r="F25" s="7">
         <v>5.9</v>
       </c>
       <c r="G25" s="7">
         <v>27.0</v>
       </c>
       <c r="H25" s="7">
         <v>7.7</v>
       </c>
       <c r="I25" s="7">
         <v>22.3</v>
       </c>
       <c r="J25" s="7">
         <v>4.5</v>
       </c>
@@ -2312,437 +2315,437 @@
       <c r="Z25" s="7">
         <v>5.6</v>
       </c>
       <c r="AA25" s="7">
         <v>69.6</v>
       </c>
       <c r="AB25" s="7">
         <v>5.4</v>
       </c>
       <c r="AC25" s="7">
         <v>42.0</v>
       </c>
       <c r="AD25" s="7">
         <v>3.8</v>
       </c>
       <c r="AE25" s="7">
         <v>51.7</v>
       </c>
       <c r="AF25" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="26" spans="1:32">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C26" s="7">
         <v>30.6</v>
       </c>
       <c r="D26" s="7">
         <v>4.7</v>
       </c>
       <c r="E26" s="7">
         <v>80.2</v>
       </c>
       <c r="F26" s="7">
         <v>5.9</v>
       </c>
       <c r="G26" s="7">
         <v>73.0</v>
       </c>
       <c r="H26" s="7">
         <v>7.7</v>
       </c>
       <c r="I26" s="7">
         <v>77.7</v>
       </c>
       <c r="J26" s="7">
         <v>4.5</v>
       </c>
       <c r="K26" s="7">
         <v>81.4</v>
       </c>
       <c r="L26" s="7">
         <v>3.6</v>
       </c>
       <c r="M26" s="7">
         <v>0.0</v>
       </c>
       <c r="N26" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O26" s="7">
         <v>9.4</v>
       </c>
       <c r="P26" s="7">
         <v>3.9</v>
       </c>
       <c r="Q26" s="7">
         <v>11.4</v>
       </c>
       <c r="R26" s="7">
         <v>4.7</v>
       </c>
       <c r="S26" s="7">
         <v>16.6</v>
       </c>
       <c r="T26" s="7">
         <v>6.7</v>
       </c>
       <c r="U26" s="7">
         <v>6.2</v>
       </c>
       <c r="V26" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W26" s="7">
         <v>8.2</v>
       </c>
       <c r="X26" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y26" s="7">
         <v>18.9</v>
       </c>
       <c r="Z26" s="7">
         <v>4.5</v>
       </c>
       <c r="AA26" s="7">
         <v>0.0</v>
       </c>
       <c r="AB26" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC26" s="7">
         <v>47.7</v>
       </c>
       <c r="AD26" s="7">
         <v>3.8</v>
       </c>
       <c r="AE26" s="7">
         <v>40.5</v>
       </c>
       <c r="AF26" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C27" s="7">
         <v>100.0</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E27" s="7">
         <v>100.0</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G27" s="7">
         <v>100.0</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I27" s="7">
         <v>100.0</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K27" s="7">
         <v>100.0</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M27" s="7">
         <v>100.0</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O27" s="7">
         <v>100.0</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q27" s="7">
         <v>100.0</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S27" s="7">
         <v>100.0</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U27" s="7">
         <v>100.0</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W27" s="7">
         <v>100.0</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y27" s="7">
         <v>100.0</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA27" s="7">
         <v>100.0</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC27" s="7">
         <v>100.0</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE27" s="7">
         <v>100.0</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="A28" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C28" s="7">
         <v>0.0</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E28" s="7">
         <v>0.0</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G28" s="7">
         <v>0.0</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I28" s="7">
         <v>0.0</v>
       </c>
       <c r="J28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K28" s="7">
         <v>0.0</v>
       </c>
       <c r="L28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M28" s="7">
         <v>0.0</v>
       </c>
       <c r="N28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O28" s="7">
         <v>0.0</v>
       </c>
       <c r="P28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q28" s="7">
         <v>0.0</v>
       </c>
       <c r="R28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S28" s="7">
         <v>0.0</v>
       </c>
       <c r="T28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U28" s="7">
         <v>0.0</v>
       </c>
       <c r="V28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W28" s="7">
         <v>0.0</v>
       </c>
       <c r="X28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y28" s="7">
         <v>0.0</v>
       </c>
       <c r="Z28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA28" s="7">
         <v>0.0</v>
       </c>
       <c r="AB28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC28" s="7">
         <v>0.0</v>
       </c>
       <c r="AD28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE28" s="7">
         <v>0.0</v>
       </c>
       <c r="AF28" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C29" s="7">
         <v>0.0</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E29" s="7">
         <v>0.0</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G29" s="7">
         <v>2.3</v>
       </c>
       <c r="H29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I29" s="7">
         <v>0.0</v>
       </c>
       <c r="J29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K29" s="7">
         <v>0.0</v>
       </c>
       <c r="L29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M29" s="7">
         <v>3.7</v>
       </c>
       <c r="N29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O29" s="7">
         <v>6.2</v>
       </c>
       <c r="P29" s="7">
         <v>2.7</v>
       </c>
       <c r="Q29" s="7">
         <v>0.0</v>
       </c>
       <c r="R29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S29" s="7">
         <v>17.9</v>
       </c>
       <c r="T29" s="7">
         <v>6.1</v>
       </c>
       <c r="U29" s="7">
         <v>0.0</v>
       </c>
       <c r="V29" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W29" s="7">
         <v>6.9</v>
       </c>
       <c r="X29" s="7">
         <v>4.7</v>
       </c>
       <c r="Y29" s="7">
         <v>33.7</v>
       </c>
       <c r="Z29" s="7">
         <v>5.6</v>
       </c>
       <c r="AA29" s="7">
         <v>40.6</v>
       </c>
       <c r="AB29" s="7">
         <v>5.2</v>
       </c>
       <c r="AC29" s="7">
         <v>18.0</v>
       </c>
       <c r="AD29" s="7">
         <v>3.4</v>
       </c>
       <c r="AE29" s="7">
         <v>9.9</v>
       </c>
       <c r="AF29" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="30" spans="1:32">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C30" s="7">
         <v>79.2</v>
       </c>
       <c r="D30" s="7">
         <v>3.0</v>
       </c>
       <c r="E30" s="7">
         <v>35.6</v>
       </c>
       <c r="F30" s="7">
         <v>7.4</v>
       </c>
       <c r="G30" s="7">
         <v>37.8</v>
       </c>
       <c r="H30" s="7">
         <v>7.4</v>
       </c>
       <c r="I30" s="7">
         <v>32.1</v>
       </c>
       <c r="J30" s="7">
         <v>5.6</v>
       </c>
@@ -2794,437 +2797,437 @@
       <c r="Z30" s="7">
         <v>5.9</v>
       </c>
       <c r="AA30" s="7">
         <v>55.9</v>
       </c>
       <c r="AB30" s="7">
         <v>5.3</v>
       </c>
       <c r="AC30" s="7">
         <v>53.3</v>
       </c>
       <c r="AD30" s="7">
         <v>4.5</v>
       </c>
       <c r="AE30" s="7">
         <v>64.0</v>
       </c>
       <c r="AF30" s="7">
         <v>1.5</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C31" s="7">
         <v>20.8</v>
       </c>
       <c r="D31" s="7">
         <v>3.0</v>
       </c>
       <c r="E31" s="7">
         <v>64.4</v>
       </c>
       <c r="F31" s="7">
         <v>7.4</v>
       </c>
       <c r="G31" s="7">
         <v>59.9</v>
       </c>
       <c r="H31" s="7">
         <v>7.5</v>
       </c>
       <c r="I31" s="7">
         <v>67.9</v>
       </c>
       <c r="J31" s="7">
         <v>5.6</v>
       </c>
       <c r="K31" s="7">
         <v>55.9</v>
       </c>
       <c r="L31" s="7">
         <v>4.9</v>
       </c>
       <c r="M31" s="7">
         <v>3.5</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O31" s="7">
         <v>9.8</v>
       </c>
       <c r="P31" s="7">
         <v>3.3</v>
       </c>
       <c r="Q31" s="7">
         <v>9.6</v>
       </c>
       <c r="R31" s="7">
         <v>3.4</v>
       </c>
       <c r="S31" s="7">
         <v>9.7</v>
       </c>
       <c r="T31" s="7">
         <v>4.6</v>
       </c>
       <c r="U31" s="7">
         <v>19.7</v>
       </c>
       <c r="V31" s="7">
         <v>8.9</v>
       </c>
       <c r="W31" s="7">
         <v>0.0</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y31" s="7">
         <v>11.1</v>
       </c>
       <c r="Z31" s="7">
         <v>3.7</v>
       </c>
       <c r="AA31" s="7">
         <v>3.5</v>
       </c>
       <c r="AB31" s="7">
         <v>2.0</v>
       </c>
       <c r="AC31" s="7">
         <v>28.8</v>
       </c>
       <c r="AD31" s="7">
         <v>4.0</v>
       </c>
       <c r="AE31" s="7">
         <v>26.1</v>
       </c>
       <c r="AF31" s="7">
         <v>1.3</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C32" s="7">
         <v>100.0</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E32" s="7">
         <v>100.0</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G32" s="7">
         <v>100.0</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I32" s="7">
         <v>100.0</v>
       </c>
       <c r="J32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K32" s="7">
         <v>100.0</v>
       </c>
       <c r="L32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M32" s="7">
         <v>100.0</v>
       </c>
       <c r="N32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O32" s="7">
         <v>100.0</v>
       </c>
       <c r="P32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q32" s="7">
         <v>100.0</v>
       </c>
       <c r="R32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S32" s="7">
         <v>100.0</v>
       </c>
       <c r="T32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U32" s="7">
         <v>100.0</v>
       </c>
       <c r="V32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W32" s="7">
         <v>100.0</v>
       </c>
       <c r="X32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y32" s="7">
         <v>100.0</v>
       </c>
       <c r="Z32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA32" s="7">
         <v>100.0</v>
       </c>
       <c r="AB32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC32" s="7">
         <v>100.0</v>
       </c>
       <c r="AD32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE32" s="7">
         <v>100.0</v>
       </c>
       <c r="AF32" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="A33" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C33" s="7">
         <v>0.0</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E33" s="7">
         <v>0.0</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G33" s="7">
         <v>0.0</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I33" s="7">
         <v>0.0</v>
       </c>
       <c r="J33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K33" s="7">
         <v>0.0</v>
       </c>
       <c r="L33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M33" s="7">
         <v>0.0</v>
       </c>
       <c r="N33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O33" s="7">
         <v>0.0</v>
       </c>
       <c r="P33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q33" s="7">
         <v>0.0</v>
       </c>
       <c r="R33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S33" s="7">
         <v>0.0</v>
       </c>
       <c r="T33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U33" s="7">
         <v>0.0</v>
       </c>
       <c r="V33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W33" s="7">
         <v>0.0</v>
       </c>
       <c r="X33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y33" s="7">
         <v>0.0</v>
       </c>
       <c r="Z33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA33" s="7">
         <v>0.0</v>
       </c>
       <c r="AB33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC33" s="7">
         <v>0.0</v>
       </c>
       <c r="AD33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE33" s="7">
         <v>0.0</v>
       </c>
       <c r="AF33" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:32">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C34" s="7">
         <v>0.0</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E34" s="7">
         <v>0.0</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G34" s="7">
         <v>0.0</v>
       </c>
       <c r="H34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I34" s="7">
         <v>0.0</v>
       </c>
       <c r="J34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K34" s="7">
         <v>0.0</v>
       </c>
       <c r="L34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M34" s="7">
         <v>0.0</v>
       </c>
       <c r="N34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O34" s="7">
         <v>8.7</v>
       </c>
       <c r="P34" s="7">
         <v>3.4</v>
       </c>
       <c r="Q34" s="7">
         <v>2.7</v>
       </c>
       <c r="R34" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S34" s="7">
         <v>28.2</v>
       </c>
       <c r="T34" s="7">
         <v>7.1</v>
       </c>
       <c r="U34" s="7">
         <v>10.6</v>
       </c>
       <c r="V34" s="7">
         <v>7.1</v>
       </c>
       <c r="W34" s="7">
         <v>21.0</v>
       </c>
       <c r="X34" s="7">
         <v>9.2</v>
       </c>
       <c r="Y34" s="7">
         <v>45.1</v>
       </c>
       <c r="Z34" s="7">
         <v>6.1</v>
       </c>
       <c r="AA34" s="7">
         <v>45.1</v>
       </c>
       <c r="AB34" s="7">
         <v>5.3</v>
       </c>
       <c r="AC34" s="7">
         <v>43.6</v>
       </c>
       <c r="AD34" s="7">
         <v>6.7</v>
       </c>
       <c r="AE34" s="7">
         <v>19.9</v>
       </c>
       <c r="AF34" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C35" s="7">
         <v>94.9</v>
       </c>
       <c r="D35" s="7">
         <v>2.2</v>
       </c>
       <c r="E35" s="7">
         <v>50.1</v>
       </c>
       <c r="F35" s="7">
         <v>14.5</v>
       </c>
       <c r="G35" s="7">
         <v>57.7</v>
       </c>
       <c r="H35" s="7">
         <v>14.3</v>
       </c>
       <c r="I35" s="7">
         <v>39.8</v>
       </c>
       <c r="J35" s="7">
         <v>10.9</v>
       </c>
@@ -3276,467 +3279,467 @@
       <c r="Z35" s="7">
         <v>6.1</v>
       </c>
       <c r="AA35" s="7">
         <v>50.6</v>
       </c>
       <c r="AB35" s="7">
         <v>5.4</v>
       </c>
       <c r="AC35" s="7">
         <v>48.8</v>
       </c>
       <c r="AD35" s="7">
         <v>6.7</v>
       </c>
       <c r="AE35" s="7">
         <v>69.3</v>
       </c>
       <c r="AF35" s="7">
         <v>1.9</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>5.1</v>
       </c>
       <c r="D36" s="7">
         <v>2.2</v>
       </c>
       <c r="E36" s="7">
         <v>49.9</v>
       </c>
       <c r="F36" s="7">
         <v>14.5</v>
       </c>
       <c r="G36" s="7">
         <v>42.3</v>
       </c>
       <c r="H36" s="7">
         <v>14.3</v>
       </c>
       <c r="I36" s="7">
         <v>60.2</v>
       </c>
       <c r="J36" s="7">
         <v>10.9</v>
       </c>
       <c r="K36" s="7">
         <v>54.1</v>
       </c>
       <c r="L36" s="7">
         <v>9.8</v>
       </c>
       <c r="M36" s="7">
         <v>0.0</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O36" s="7">
         <v>7.7</v>
       </c>
       <c r="P36" s="7">
         <v>3.3</v>
       </c>
       <c r="Q36" s="7">
         <v>4.4</v>
       </c>
       <c r="R36" s="7">
         <v>3.0</v>
       </c>
       <c r="S36" s="7">
         <v>2.2</v>
       </c>
       <c r="T36" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U36" s="7">
         <v>5.5</v>
       </c>
       <c r="V36" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W36" s="7">
         <v>4.6</v>
       </c>
       <c r="X36" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y36" s="7">
         <v>7.5</v>
       </c>
       <c r="Z36" s="7">
         <v>3.2</v>
       </c>
       <c r="AA36" s="7">
         <v>4.3</v>
       </c>
       <c r="AB36" s="7">
         <v>2.1</v>
       </c>
       <c r="AC36" s="7">
         <v>7.6</v>
       </c>
       <c r="AD36" s="7">
         <v>3.7</v>
       </c>
       <c r="AE36" s="7">
         <v>10.8</v>
       </c>
       <c r="AF36" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100.0</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E37" s="7">
         <v>100.0</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G37" s="7">
         <v>100.0</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I37" s="7">
         <v>100.0</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K37" s="7">
         <v>100.0</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M37" s="7">
         <v>100.0</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O37" s="7">
         <v>100.0</v>
       </c>
       <c r="P37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q37" s="7">
         <v>100.0</v>
       </c>
       <c r="R37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S37" s="7">
         <v>100.0</v>
       </c>
       <c r="T37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U37" s="7">
         <v>100.0</v>
       </c>
       <c r="V37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W37" s="7">
         <v>100.0</v>
       </c>
       <c r="X37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y37" s="7">
         <v>100.0</v>
       </c>
       <c r="Z37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA37" s="7">
         <v>100.0</v>
       </c>
       <c r="AB37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC37" s="7">
         <v>100.0</v>
       </c>
       <c r="AD37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE37" s="7">
         <v>100.0</v>
       </c>
       <c r="AF37" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C38" s="7">
         <v>0.0</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E38" s="7">
         <v>0.0</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G38" s="7">
         <v>0.0</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I38" s="7">
         <v>0.0</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K38" s="7">
         <v>0.0</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M38" s="7">
         <v>0.0</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O38" s="7">
         <v>0.0</v>
       </c>
       <c r="P38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q38" s="7">
         <v>0.0</v>
       </c>
       <c r="R38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S38" s="7">
         <v>0.0</v>
       </c>
       <c r="T38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U38" s="7">
         <v>0.0</v>
       </c>
       <c r="V38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W38" s="7">
         <v>0.0</v>
       </c>
       <c r="X38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y38" s="7">
         <v>0.0</v>
       </c>
       <c r="Z38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA38" s="7">
         <v>0.0</v>
       </c>
       <c r="AB38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC38" s="7">
         <v>0.0</v>
       </c>
       <c r="AD38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE38" s="7">
         <v>0.0</v>
       </c>
       <c r="AF38" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C39" s="7">
         <v>0.0</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E39" s="7">
         <v>0.0</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G39" s="7">
         <v>0.0</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I39" s="7">
         <v>0.0</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K39" s="7">
         <v>0.0</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M39" s="7">
         <v>29.1</v>
       </c>
       <c r="N39" s="7">
         <v>11.0</v>
       </c>
       <c r="O39" s="7">
         <v>30.3</v>
       </c>
       <c r="P39" s="7">
         <v>7.0</v>
       </c>
       <c r="Q39" s="7">
         <v>5.3</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S39" s="7">
         <v>28.2</v>
       </c>
       <c r="T39" s="7">
         <v>6.2</v>
       </c>
       <c r="U39" s="7">
         <v>23.7</v>
       </c>
       <c r="V39" s="7">
         <v>9.2</v>
       </c>
       <c r="W39" s="7">
         <v>33.6</v>
       </c>
       <c r="X39" s="7">
         <v>11.2</v>
       </c>
       <c r="Y39" s="7">
         <v>56.0</v>
       </c>
       <c r="Z39" s="7">
         <v>5.0</v>
       </c>
       <c r="AA39" s="7">
         <v>63.6</v>
       </c>
       <c r="AB39" s="7">
         <v>4.2</v>
       </c>
       <c r="AC39" s="7">
         <v>29.3</v>
       </c>
       <c r="AD39" s="7">
         <v>5.4</v>
       </c>
       <c r="AE39" s="7">
         <v>39.6</v>
       </c>
       <c r="AF39" s="7">
         <v>2.1</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C40" s="7">
         <v>88.8</v>
       </c>
       <c r="D40" s="7">
         <v>5.3</v>
       </c>
       <c r="E40" s="7">
         <v>66.4</v>
       </c>
       <c r="F40" s="7">
         <v>27.4</v>
       </c>
       <c r="G40" s="7">
         <v>100.0</v>
       </c>
       <c r="H40" s="7">
         <v>0.0</v>
       </c>
       <c r="I40" s="7">
         <v>49.5</v>
       </c>
       <c r="J40" s="7">
         <v>25.0</v>
       </c>
       <c r="K40" s="7">
         <v>0.0</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M40" s="7">
         <v>70.9</v>
       </c>
       <c r="N40" s="7">
         <v>11.0</v>
       </c>
       <c r="O40" s="7">
         <v>67.3</v>
       </c>
       <c r="P40" s="7">
         <v>7.1</v>
       </c>
       <c r="Q40" s="7">
         <v>94.7</v>
       </c>
       <c r="R40" s="7">
         <v>5.1</v>
       </c>
       <c r="S40" s="7">
         <v>69.8</v>
       </c>
       <c r="T40" s="7">
         <v>6.3</v>
       </c>
@@ -3758,371 +3761,371 @@
       <c r="Z40" s="7">
         <v>5.0</v>
       </c>
       <c r="AA40" s="7">
         <v>36.4</v>
       </c>
       <c r="AB40" s="7">
         <v>4.2</v>
       </c>
       <c r="AC40" s="7">
         <v>63.3</v>
       </c>
       <c r="AD40" s="7">
         <v>5.7</v>
       </c>
       <c r="AE40" s="7">
         <v>57.0</v>
       </c>
       <c r="AF40" s="7">
         <v>2.1</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C41" s="7">
         <v>11.2</v>
       </c>
       <c r="D41" s="7">
         <v>5.3</v>
       </c>
       <c r="E41" s="7">
         <v>33.6</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G41" s="7">
         <v>0.0</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I41" s="7">
         <v>50.5</v>
       </c>
       <c r="J41" s="7">
         <v>25.0</v>
       </c>
       <c r="K41" s="7">
         <v>100.0</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M41" s="7">
         <v>0.0</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O41" s="7">
         <v>2.3</v>
       </c>
       <c r="P41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q41" s="7">
         <v>0.0</v>
       </c>
       <c r="R41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S41" s="7">
         <v>2.0</v>
       </c>
       <c r="T41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U41" s="7">
         <v>4.0</v>
       </c>
       <c r="V41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W41" s="7">
         <v>0.0</v>
       </c>
       <c r="X41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y41" s="7">
         <v>2.1</v>
       </c>
       <c r="Z41" s="7">
         <v>1.5</v>
       </c>
       <c r="AA41" s="7">
         <v>0.0</v>
       </c>
       <c r="AB41" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC41" s="7">
         <v>7.4</v>
       </c>
       <c r="AD41" s="7">
         <v>3.1</v>
       </c>
       <c r="AE41" s="7">
         <v>3.5</v>
       </c>
       <c r="AF41" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C42" s="7">
         <v>100.0</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E42" s="7">
         <v>100.0</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G42" s="7">
         <v>100.0</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I42" s="7">
         <v>100.0</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K42" s="7">
         <v>100.0</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M42" s="7">
         <v>100.0</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O42" s="7">
         <v>100.0</v>
       </c>
       <c r="P42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q42" s="7">
         <v>100.0</v>
       </c>
       <c r="R42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S42" s="7">
         <v>100.0</v>
       </c>
       <c r="T42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U42" s="7">
         <v>100.0</v>
       </c>
       <c r="V42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W42" s="7">
         <v>100.0</v>
       </c>
       <c r="X42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y42" s="7">
         <v>100.0</v>
       </c>
       <c r="Z42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA42" s="7">
         <v>100.0</v>
       </c>
       <c r="AB42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC42" s="7">
         <v>100.0</v>
       </c>
       <c r="AD42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE42" s="7">
         <v>100.0</v>
       </c>
       <c r="AF42" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C43" s="7">
         <v>0.0</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E43" s="7">
         <v>0.0</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G43" s="7">
         <v>0.0</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I43" s="7">
         <v>0.0</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K43" s="7">
         <v>0.0</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M43" s="7">
         <v>0.0</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O43" s="7">
         <v>0.0</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q43" s="7">
         <v>0.0</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S43" s="7">
         <v>0.0</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U43" s="7">
         <v>0.0</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W43" s="7">
         <v>0.0</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y43" s="7">
         <v>0.0</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA43" s="7">
         <v>0.0</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC43" s="7">
         <v>0.0</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE43" s="7">
         <v>0.0</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C44" s="7">
         <v>0.0</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E44" s="7">
         <v>0.0</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G44" s="7">
         <v>0.8</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I44" s="7">
         <v>0.0</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K44" s="7">
         <v>0.0</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M44" s="7">
         <v>6.7</v>
       </c>
       <c r="N44" s="7">
         <v>2.3</v>
       </c>
       <c r="O44" s="7">
         <v>10.4</v>
       </c>
       <c r="P44" s="7">
         <v>1.8</v>
       </c>
       <c r="Q44" s="7">
         <v>1.1</v>
       </c>
       <c r="R44" s="7">
         <v>0.8</v>
       </c>
       <c r="S44" s="7">
         <v>20.7</v>
       </c>
       <c r="T44" s="7">
         <v>3.0</v>
       </c>
@@ -4144,51 +4147,51 @@
       <c r="Z44" s="7">
         <v>2.6</v>
       </c>
       <c r="AA44" s="7">
         <v>46.5</v>
       </c>
       <c r="AB44" s="7">
         <v>2.4</v>
       </c>
       <c r="AC44" s="7">
         <v>21.1</v>
       </c>
       <c r="AD44" s="7">
         <v>1.8</v>
       </c>
       <c r="AE44" s="7">
         <v>16.1</v>
       </c>
       <c r="AF44" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C45" s="7">
         <v>80.4</v>
       </c>
       <c r="D45" s="7">
         <v>1.8</v>
       </c>
       <c r="E45" s="7">
         <v>27.6</v>
       </c>
       <c r="F45" s="7">
         <v>4.0</v>
       </c>
       <c r="G45" s="7">
         <v>36.2</v>
       </c>
       <c r="H45" s="7">
         <v>4.4</v>
       </c>
       <c r="I45" s="7">
         <v>28.6</v>
       </c>
       <c r="J45" s="7">
         <v>3.0</v>
       </c>
@@ -4240,87 +4243,87 @@
       <c r="Z45" s="7">
         <v>2.7</v>
       </c>
       <c r="AA45" s="7">
         <v>51.3</v>
       </c>
       <c r="AB45" s="7">
         <v>2.4</v>
       </c>
       <c r="AC45" s="7">
         <v>48.6</v>
       </c>
       <c r="AD45" s="7">
         <v>2.2</v>
       </c>
       <c r="AE45" s="7">
         <v>58.7</v>
       </c>
       <c r="AF45" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C46" s="7">
         <v>19.6</v>
       </c>
       <c r="D46" s="7">
         <v>1.8</v>
       </c>
       <c r="E46" s="7">
         <v>72.4</v>
       </c>
       <c r="F46" s="7">
         <v>4.0</v>
       </c>
       <c r="G46" s="7">
         <v>63.0</v>
       </c>
       <c r="H46" s="7">
         <v>4.4</v>
       </c>
       <c r="I46" s="7">
         <v>71.4</v>
       </c>
       <c r="J46" s="7">
         <v>3.0</v>
       </c>
       <c r="K46" s="7">
         <v>71.1</v>
       </c>
       <c r="L46" s="7">
         <v>2.5</v>
       </c>
       <c r="M46" s="7">
         <v>0.9</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O46" s="7">
         <v>7.6</v>
       </c>
       <c r="P46" s="7">
         <v>1.6</v>
       </c>
       <c r="Q46" s="7">
         <v>7.7</v>
       </c>
       <c r="R46" s="7">
         <v>1.9</v>
       </c>
       <c r="S46" s="7">
         <v>6.4</v>
       </c>
       <c r="T46" s="7">
         <v>1.8</v>
       </c>
       <c r="U46" s="7">
         <v>7.8</v>
       </c>
       <c r="V46" s="7">
         <v>2.8</v>
       </c>
@@ -4336,157 +4339,157 @@
       <c r="Z46" s="7">
         <v>1.6</v>
       </c>
       <c r="AA46" s="7">
         <v>2.3</v>
       </c>
       <c r="AB46" s="7">
         <v>0.7</v>
       </c>
       <c r="AC46" s="7">
         <v>30.2</v>
       </c>
       <c r="AD46" s="7">
         <v>1.9</v>
       </c>
       <c r="AE46" s="7">
         <v>25.2</v>
       </c>
       <c r="AF46" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C47" s="7">
         <v>100.0</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E47" s="7">
         <v>100.0</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G47" s="7">
         <v>100.0</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I47" s="7">
         <v>100.0</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K47" s="7">
         <v>100.0</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M47" s="7">
         <v>100.0</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O47" s="7">
         <v>100.0</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q47" s="7">
         <v>100.0</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="S47" s="7">
         <v>100.0</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U47" s="7">
         <v>100.0</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="W47" s="7">
         <v>100.0</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Y47" s="7">
         <v>100.0</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AA47" s="7">
         <v>100.0</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC47" s="7">
         <v>100.0</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AE47" s="7">
         <v>100.0</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1194085/375834</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
@@ -4502,245 +4505,245 @@
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
       <c r="X48" s="3"/>
       <c r="Y48" s="3"/>
       <c r="Z48" s="3"/>
       <c r="AA48" s="3"/>
       <c r="AB48" s="3"/>
       <c r="AC48" s="3"/>
       <c r="AD48" s="3"/>
       <c r="AE48" s="3"/>
       <c r="AF48" s="3"/>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant age</t>
+            <t xml:space="preserve">dominantes Alter</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2325</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS, 3 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:32">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:32" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A3:AF3"/>
     <mergeCell ref="A4:AF4"/>
     <mergeCell ref="A5:AF5"/>
     <mergeCell ref="A6:AF6"/>
     <mergeCell ref="A7:AF7"/>
     <mergeCell ref="A8:AF8"/>
     <mergeCell ref="C10:AF10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>