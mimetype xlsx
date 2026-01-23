--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -12,426 +12,423 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
-[...7 lines deleted...]
-    <t>dominantes Alter · NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>età dominante · fasce vegetazionali NaiS (3 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>età dominante</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (3 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>Wert nicht ermittelt</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin</t>
-[...23 lines deleted...]
-    <t>&gt;160 Jahre</t>
+    <t>subalpino</t>
+  </si>
+  <si>
+    <t>montano</t>
+  </si>
+  <si>
+    <t>iperinsubrica, collinare e submontana</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>=40 anni</t>
+  </si>
+  <si>
+    <t>41-80 anni</t>
+  </si>
+  <si>
+    <t>81-120 anni</t>
+  </si>
+  <si>
+    <t>121-160 anni</t>
+  </si>
+  <si>
+    <t>&gt;160 anni</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1194085/375834</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominantes Alter</t>
+      <t xml:space="preserve">età dominante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2325</t>
     </r>
   </si>
   <si>
-    <t>Mittleres Alter der 100 stärksten stehenden lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) pro Hektare in fünf Klassen. Grundlage: Feldaufnahme (MID 826: Baumalter)</t>
+    <t>Età media dei 100 alberi e arbusti vivi più grossi per ettaro a partire da 12 cm di diametro a petto d'uomo (DPU), in cinque classi. Fonte: rilievo sul terreno (MID 826: Baumalter)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2668</t>
     </r>
   </si>
   <si>
-    <t>Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf drei Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in sechs Klassen (NAISHSTKOMB6KL) dar, indem die Klassen «hyperinsubrisch und kollin» und «submontan» zur Klasse «hyperinsubrisch, kollin, submontan», die Stufen «unter- und obermontan» und «hochmontan» zur Stufe «montan» und die Stufen «subalpin» und «obersubalpin» zur Stufe «subalpin» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a tre classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in sei classi (NAISHSTKOMB6KL), per cui le classi «iperinsubrica e collinare» e «submontana» vengono riunite nella classe «iperinsubrica, collinare, submontana», mentre le fasce «montana inferiore e superiore» e «altimontana» vengono riunite nella classe «montana» e le fasce «subalpina» e «subalpina superiore» nella classe «subalpina». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1063,725 +1060,725 @@
       </c>
       <c r="AA12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="AF12" s="4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G13" s="7">
         <v>0.0</v>
       </c>
       <c r="H13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I13" s="7">
         <v>0.0</v>
       </c>
       <c r="J13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K13" s="7">
         <v>0.0</v>
       </c>
       <c r="L13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M13" s="7">
         <v>0.0</v>
       </c>
       <c r="N13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O13" s="7">
         <v>0.0</v>
       </c>
       <c r="P13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q13" s="7">
         <v>0.0</v>
       </c>
       <c r="R13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S13" s="7">
         <v>0.0</v>
       </c>
       <c r="T13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U13" s="7">
         <v>0.0</v>
       </c>
       <c r="V13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W13" s="7">
         <v>0.0</v>
       </c>
       <c r="X13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y13" s="7">
         <v>0.0</v>
       </c>
       <c r="Z13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA13" s="7">
         <v>0.0</v>
       </c>
       <c r="AB13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC13" s="7">
         <v>0.0</v>
       </c>
       <c r="AD13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE13" s="7">
         <v>0.0</v>
       </c>
       <c r="AF13" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:32">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C14" s="7">
         <v>0.0</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G14" s="7">
         <v>0.0</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I14" s="7">
         <v>0.0</v>
       </c>
       <c r="J14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K14" s="7">
         <v>0.0</v>
       </c>
       <c r="L14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M14" s="7">
         <v>0.0</v>
       </c>
       <c r="N14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O14" s="7">
         <v>22.5</v>
       </c>
       <c r="P14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S14" s="7">
         <v>100.0</v>
       </c>
       <c r="T14" s="7">
         <v>0.0</v>
       </c>
       <c r="U14" s="7">
         <v>26.7</v>
       </c>
       <c r="V14" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W14" s="7">
         <v>33.7</v>
       </c>
       <c r="X14" s="7">
         <v>15.8</v>
       </c>
       <c r="Y14" s="7">
         <v>53.1</v>
       </c>
       <c r="Z14" s="7">
         <v>12.1</v>
       </c>
       <c r="AA14" s="7">
         <v>34.1</v>
       </c>
       <c r="AB14" s="7">
         <v>12.3</v>
       </c>
       <c r="AC14" s="7">
         <v>57.1</v>
       </c>
       <c r="AD14" s="7">
         <v>13.3</v>
       </c>
       <c r="AE14" s="7">
         <v>28.4</v>
       </c>
       <c r="AF14" s="7">
         <v>4.4</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C15" s="7">
         <v>87.3</v>
       </c>
       <c r="D15" s="7">
         <v>11.9</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G15" s="7">
         <v>0.0</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I15" s="7">
         <v>49.0</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K15" s="7">
         <v>24.4</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M15" s="7">
         <v>100.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>77.5</v>
       </c>
       <c r="P15" s="7">
         <v>20.1</v>
       </c>
       <c r="Q15" s="7">
         <v>84.1</v>
       </c>
       <c r="R15" s="7">
         <v>14.5</v>
       </c>
       <c r="S15" s="7">
         <v>0.0</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U15" s="7">
         <v>73.3</v>
       </c>
       <c r="V15" s="7">
         <v>22.6</v>
       </c>
       <c r="W15" s="7">
         <v>66.3</v>
       </c>
       <c r="X15" s="7">
         <v>15.8</v>
       </c>
       <c r="Y15" s="7">
         <v>35.2</v>
       </c>
       <c r="Z15" s="7">
         <v>11.6</v>
       </c>
       <c r="AA15" s="7">
         <v>65.9</v>
       </c>
       <c r="AB15" s="7">
         <v>12.3</v>
       </c>
       <c r="AC15" s="7">
         <v>14.3</v>
       </c>
       <c r="AD15" s="7">
         <v>9.4</v>
       </c>
       <c r="AE15" s="7">
         <v>52.0</v>
       </c>
       <c r="AF15" s="7">
         <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C16" s="7">
         <v>12.7</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E16" s="7">
         <v>100.0</v>
       </c>
       <c r="F16" s="7">
         <v>0.0</v>
       </c>
       <c r="G16" s="7">
         <v>100.0</v>
       </c>
       <c r="H16" s="7">
         <v>0.0</v>
       </c>
       <c r="I16" s="7">
         <v>51.0</v>
       </c>
       <c r="J16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K16" s="7">
         <v>75.6</v>
       </c>
       <c r="L16" s="7">
         <v>21.3</v>
       </c>
       <c r="M16" s="7">
         <v>0.0</v>
       </c>
       <c r="N16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O16" s="7">
         <v>0.0</v>
       </c>
       <c r="P16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q16" s="7">
         <v>15.9</v>
       </c>
       <c r="R16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S16" s="7">
         <v>0.0</v>
       </c>
       <c r="T16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U16" s="7">
         <v>0.0</v>
       </c>
       <c r="V16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W16" s="7">
         <v>0.0</v>
       </c>
       <c r="X16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y16" s="7">
         <v>11.7</v>
       </c>
       <c r="Z16" s="7">
         <v>7.8</v>
       </c>
       <c r="AA16" s="7">
         <v>0.0</v>
       </c>
       <c r="AB16" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC16" s="7">
         <v>28.6</v>
       </c>
       <c r="AD16" s="7">
         <v>12.1</v>
       </c>
       <c r="AE16" s="7">
         <v>19.6</v>
       </c>
       <c r="AF16" s="7">
         <v>3.9</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C17" s="7">
         <v>100.0</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E17" s="7">
         <v>100.0</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G17" s="7">
         <v>100.0</v>
       </c>
       <c r="H17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I17" s="7">
         <v>100.0</v>
       </c>
       <c r="J17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K17" s="7">
         <v>100.0</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M17" s="7">
         <v>100.0</v>
       </c>
       <c r="N17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O17" s="7">
         <v>100.0</v>
       </c>
       <c r="P17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q17" s="7">
         <v>100.0</v>
       </c>
       <c r="R17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S17" s="7">
         <v>100.0</v>
       </c>
       <c r="T17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U17" s="7">
         <v>100.0</v>
       </c>
       <c r="V17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W17" s="7">
         <v>100.0</v>
       </c>
       <c r="X17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y17" s="7">
         <v>100.0</v>
       </c>
       <c r="Z17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA17" s="7">
         <v>100.0</v>
       </c>
       <c r="AB17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC17" s="7">
         <v>100.0</v>
       </c>
       <c r="AD17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE17" s="7">
         <v>100.0</v>
       </c>
       <c r="AF17" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18" spans="1:32">
       <c r="A18" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C18" s="7">
         <v>0.0</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E18" s="7">
         <v>0.0</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
       <c r="P18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q18" s="7">
         <v>0.0</v>
       </c>
       <c r="R18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S18" s="7">
         <v>0.0</v>
       </c>
       <c r="T18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U18" s="7">
         <v>0.0</v>
       </c>
       <c r="V18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W18" s="7">
         <v>0.0</v>
       </c>
       <c r="X18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y18" s="7">
         <v>0.0</v>
       </c>
       <c r="Z18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA18" s="7">
         <v>0.0</v>
       </c>
       <c r="AB18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC18" s="7">
         <v>0.0</v>
       </c>
       <c r="AD18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE18" s="7">
         <v>0.0</v>
       </c>
       <c r="AF18" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C19" s="7">
         <v>0.0</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G19" s="7">
         <v>0.0</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I19" s="7">
         <v>0.0</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K19" s="7">
         <v>0.0</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M19" s="7">
         <v>0.0</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O19" s="7">
         <v>10.0</v>
       </c>
       <c r="P19" s="7">
         <v>6.9</v>
       </c>
       <c r="Q19" s="7">
         <v>0.0</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S19" s="7">
         <v>5.2</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U19" s="7">
         <v>32.9</v>
       </c>
       <c r="V19" s="7">
         <v>19.1</v>
       </c>
       <c r="W19" s="7">
         <v>9.3</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y19" s="7">
         <v>33.8</v>
       </c>
       <c r="Z19" s="7">
         <v>10.4</v>
       </c>
       <c r="AA19" s="7">
         <v>38.5</v>
       </c>
       <c r="AB19" s="7">
         <v>8.0</v>
       </c>
       <c r="AC19" s="7">
         <v>14.9</v>
       </c>
       <c r="AD19" s="7">
         <v>6.2</v>
       </c>
       <c r="AE19" s="7">
         <v>9.2</v>
       </c>
       <c r="AF19" s="7">
         <v>1.5</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C20" s="7">
         <v>64.1</v>
       </c>
       <c r="D20" s="7">
         <v>8.7</v>
       </c>
       <c r="E20" s="7">
         <v>10.5</v>
       </c>
       <c r="F20" s="7">
         <v>7.1</v>
       </c>
       <c r="G20" s="7">
         <v>37.2</v>
       </c>
       <c r="H20" s="7">
         <v>10.4</v>
       </c>
       <c r="I20" s="7">
         <v>27.6</v>
       </c>
       <c r="J20" s="7">
         <v>6.7</v>
       </c>
@@ -1833,437 +1830,437 @@
       <c r="Z20" s="7">
         <v>10.8</v>
       </c>
       <c r="AA20" s="7">
         <v>53.5</v>
       </c>
       <c r="AB20" s="7">
         <v>8.2</v>
       </c>
       <c r="AC20" s="7">
         <v>46.2</v>
       </c>
       <c r="AD20" s="7">
         <v>8.5</v>
       </c>
       <c r="AE20" s="7">
         <v>48.4</v>
       </c>
       <c r="AF20" s="7">
         <v>2.6</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C21" s="7">
         <v>35.9</v>
       </c>
       <c r="D21" s="7">
         <v>8.7</v>
       </c>
       <c r="E21" s="7">
         <v>89.5</v>
       </c>
       <c r="F21" s="7">
         <v>7.1</v>
       </c>
       <c r="G21" s="7">
         <v>62.8</v>
       </c>
       <c r="H21" s="7">
         <v>10.4</v>
       </c>
       <c r="I21" s="7">
         <v>72.4</v>
       </c>
       <c r="J21" s="7">
         <v>6.7</v>
       </c>
       <c r="K21" s="7">
         <v>82.0</v>
       </c>
       <c r="L21" s="7">
         <v>4.9</v>
       </c>
       <c r="M21" s="7">
         <v>0.0</v>
       </c>
       <c r="N21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O21" s="7">
         <v>4.7</v>
       </c>
       <c r="P21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q21" s="7">
         <v>0.0</v>
       </c>
       <c r="R21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S21" s="7">
         <v>4.9</v>
       </c>
       <c r="T21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U21" s="7">
         <v>0.0</v>
       </c>
       <c r="V21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W21" s="7">
         <v>0.0</v>
       </c>
       <c r="X21" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y21" s="7">
         <v>23.5</v>
       </c>
       <c r="Z21" s="7">
         <v>9.2</v>
       </c>
       <c r="AA21" s="7">
         <v>8.0</v>
       </c>
       <c r="AB21" s="7">
         <v>4.5</v>
       </c>
       <c r="AC21" s="7">
         <v>38.9</v>
       </c>
       <c r="AD21" s="7">
         <v>8.4</v>
       </c>
       <c r="AE21" s="7">
         <v>42.4</v>
       </c>
       <c r="AF21" s="7">
         <v>2.6</v>
       </c>
     </row>
     <row r="22" spans="1:32">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C22" s="7">
         <v>100.0</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E22" s="7">
         <v>100.0</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G22" s="7">
         <v>100.0</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I22" s="7">
         <v>100.0</v>
       </c>
       <c r="J22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K22" s="7">
         <v>100.0</v>
       </c>
       <c r="L22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M22" s="7">
         <v>100.0</v>
       </c>
       <c r="N22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O22" s="7">
         <v>100.0</v>
       </c>
       <c r="P22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q22" s="7">
         <v>100.0</v>
       </c>
       <c r="R22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S22" s="7">
         <v>100.0</v>
       </c>
       <c r="T22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U22" s="7">
         <v>100.0</v>
       </c>
       <c r="V22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W22" s="7">
         <v>100.0</v>
       </c>
       <c r="X22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y22" s="7">
         <v>100.0</v>
       </c>
       <c r="Z22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA22" s="7">
         <v>100.0</v>
       </c>
       <c r="AB22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC22" s="7">
         <v>100.0</v>
       </c>
       <c r="AD22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE22" s="7">
         <v>100.0</v>
       </c>
       <c r="AF22" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C23" s="7">
         <v>0.0</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E23" s="7">
         <v>0.0</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G23" s="7">
         <v>0.0</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I23" s="7">
         <v>0.0</v>
       </c>
       <c r="J23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K23" s="7">
         <v>0.0</v>
       </c>
       <c r="L23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M23" s="7">
         <v>0.0</v>
       </c>
       <c r="N23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O23" s="7">
         <v>0.0</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q23" s="7">
         <v>0.0</v>
       </c>
       <c r="R23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S23" s="7">
         <v>0.0</v>
       </c>
       <c r="T23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U23" s="7">
         <v>0.0</v>
       </c>
       <c r="V23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W23" s="7">
         <v>0.0</v>
       </c>
       <c r="X23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y23" s="7">
         <v>0.0</v>
       </c>
       <c r="Z23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA23" s="7">
         <v>0.0</v>
       </c>
       <c r="AB23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC23" s="7">
         <v>0.0</v>
       </c>
       <c r="AD23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE23" s="7">
         <v>0.0</v>
       </c>
       <c r="AF23" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C24" s="7">
         <v>0.0</v>
       </c>
       <c r="D24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G24" s="7">
         <v>0.0</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I24" s="7">
         <v>0.0</v>
       </c>
       <c r="J24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K24" s="7">
         <v>0.0</v>
       </c>
       <c r="L24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M24" s="7">
         <v>7.2</v>
       </c>
       <c r="N24" s="7">
         <v>4.9</v>
       </c>
       <c r="O24" s="7">
         <v>3.6</v>
       </c>
       <c r="P24" s="7">
         <v>2.5</v>
       </c>
       <c r="Q24" s="7">
         <v>0.0</v>
       </c>
       <c r="R24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S24" s="7">
         <v>6.7</v>
       </c>
       <c r="T24" s="7">
         <v>4.6</v>
       </c>
       <c r="U24" s="7">
         <v>38.1</v>
       </c>
       <c r="V24" s="7">
         <v>12.2</v>
       </c>
       <c r="W24" s="7">
         <v>0.0</v>
       </c>
       <c r="X24" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y24" s="7">
         <v>22.6</v>
       </c>
       <c r="Z24" s="7">
         <v>4.8</v>
       </c>
       <c r="AA24" s="7">
         <v>30.4</v>
       </c>
       <c r="AB24" s="7">
         <v>5.4</v>
       </c>
       <c r="AC24" s="7">
         <v>10.3</v>
       </c>
       <c r="AD24" s="7">
         <v>2.3</v>
       </c>
       <c r="AE24" s="7">
         <v>7.8</v>
       </c>
       <c r="AF24" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C25" s="7">
         <v>69.4</v>
       </c>
       <c r="D25" s="7">
         <v>4.7</v>
       </c>
       <c r="E25" s="7">
         <v>19.8</v>
       </c>
       <c r="F25" s="7">
         <v>5.9</v>
       </c>
       <c r="G25" s="7">
         <v>27.0</v>
       </c>
       <c r="H25" s="7">
         <v>7.7</v>
       </c>
       <c r="I25" s="7">
         <v>22.3</v>
       </c>
       <c r="J25" s="7">
         <v>4.5</v>
       </c>
@@ -2315,437 +2312,437 @@
       <c r="Z25" s="7">
         <v>5.6</v>
       </c>
       <c r="AA25" s="7">
         <v>69.6</v>
       </c>
       <c r="AB25" s="7">
         <v>5.4</v>
       </c>
       <c r="AC25" s="7">
         <v>42.0</v>
       </c>
       <c r="AD25" s="7">
         <v>3.8</v>
       </c>
       <c r="AE25" s="7">
         <v>51.7</v>
       </c>
       <c r="AF25" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="26" spans="1:32">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C26" s="7">
         <v>30.6</v>
       </c>
       <c r="D26" s="7">
         <v>4.7</v>
       </c>
       <c r="E26" s="7">
         <v>80.2</v>
       </c>
       <c r="F26" s="7">
         <v>5.9</v>
       </c>
       <c r="G26" s="7">
         <v>73.0</v>
       </c>
       <c r="H26" s="7">
         <v>7.7</v>
       </c>
       <c r="I26" s="7">
         <v>77.7</v>
       </c>
       <c r="J26" s="7">
         <v>4.5</v>
       </c>
       <c r="K26" s="7">
         <v>81.4</v>
       </c>
       <c r="L26" s="7">
         <v>3.6</v>
       </c>
       <c r="M26" s="7">
         <v>0.0</v>
       </c>
       <c r="N26" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O26" s="7">
         <v>9.4</v>
       </c>
       <c r="P26" s="7">
         <v>3.9</v>
       </c>
       <c r="Q26" s="7">
         <v>11.4</v>
       </c>
       <c r="R26" s="7">
         <v>4.7</v>
       </c>
       <c r="S26" s="7">
         <v>16.6</v>
       </c>
       <c r="T26" s="7">
         <v>6.7</v>
       </c>
       <c r="U26" s="7">
         <v>6.2</v>
       </c>
       <c r="V26" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W26" s="7">
         <v>8.2</v>
       </c>
       <c r="X26" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y26" s="7">
         <v>18.9</v>
       </c>
       <c r="Z26" s="7">
         <v>4.5</v>
       </c>
       <c r="AA26" s="7">
         <v>0.0</v>
       </c>
       <c r="AB26" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC26" s="7">
         <v>47.7</v>
       </c>
       <c r="AD26" s="7">
         <v>3.8</v>
       </c>
       <c r="AE26" s="7">
         <v>40.5</v>
       </c>
       <c r="AF26" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" s="7">
         <v>100.0</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E27" s="7">
         <v>100.0</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G27" s="7">
         <v>100.0</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I27" s="7">
         <v>100.0</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K27" s="7">
         <v>100.0</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M27" s="7">
         <v>100.0</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O27" s="7">
         <v>100.0</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q27" s="7">
         <v>100.0</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S27" s="7">
         <v>100.0</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U27" s="7">
         <v>100.0</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W27" s="7">
         <v>100.0</v>
       </c>
       <c r="X27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y27" s="7">
         <v>100.0</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA27" s="7">
         <v>100.0</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC27" s="7">
         <v>100.0</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE27" s="7">
         <v>100.0</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="A28" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C28" s="7">
         <v>0.0</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E28" s="7">
         <v>0.0</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G28" s="7">
         <v>0.0</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I28" s="7">
         <v>0.0</v>
       </c>
       <c r="J28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K28" s="7">
         <v>0.0</v>
       </c>
       <c r="L28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M28" s="7">
         <v>0.0</v>
       </c>
       <c r="N28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O28" s="7">
         <v>0.0</v>
       </c>
       <c r="P28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q28" s="7">
         <v>0.0</v>
       </c>
       <c r="R28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S28" s="7">
         <v>0.0</v>
       </c>
       <c r="T28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U28" s="7">
         <v>0.0</v>
       </c>
       <c r="V28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W28" s="7">
         <v>0.0</v>
       </c>
       <c r="X28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y28" s="7">
         <v>0.0</v>
       </c>
       <c r="Z28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA28" s="7">
         <v>0.0</v>
       </c>
       <c r="AB28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC28" s="7">
         <v>0.0</v>
       </c>
       <c r="AD28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE28" s="7">
         <v>0.0</v>
       </c>
       <c r="AF28" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C29" s="7">
         <v>0.0</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E29" s="7">
         <v>0.0</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G29" s="7">
         <v>2.3</v>
       </c>
       <c r="H29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I29" s="7">
         <v>0.0</v>
       </c>
       <c r="J29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K29" s="7">
         <v>0.0</v>
       </c>
       <c r="L29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M29" s="7">
         <v>3.7</v>
       </c>
       <c r="N29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O29" s="7">
         <v>6.2</v>
       </c>
       <c r="P29" s="7">
         <v>2.7</v>
       </c>
       <c r="Q29" s="7">
         <v>0.0</v>
       </c>
       <c r="R29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S29" s="7">
         <v>17.9</v>
       </c>
       <c r="T29" s="7">
         <v>6.1</v>
       </c>
       <c r="U29" s="7">
         <v>0.0</v>
       </c>
       <c r="V29" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W29" s="7">
         <v>6.9</v>
       </c>
       <c r="X29" s="7">
         <v>4.7</v>
       </c>
       <c r="Y29" s="7">
         <v>33.7</v>
       </c>
       <c r="Z29" s="7">
         <v>5.6</v>
       </c>
       <c r="AA29" s="7">
         <v>40.6</v>
       </c>
       <c r="AB29" s="7">
         <v>5.2</v>
       </c>
       <c r="AC29" s="7">
         <v>18.0</v>
       </c>
       <c r="AD29" s="7">
         <v>3.4</v>
       </c>
       <c r="AE29" s="7">
         <v>9.9</v>
       </c>
       <c r="AF29" s="7">
         <v>0.9</v>
       </c>
     </row>
     <row r="30" spans="1:32">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C30" s="7">
         <v>79.2</v>
       </c>
       <c r="D30" s="7">
         <v>3.0</v>
       </c>
       <c r="E30" s="7">
         <v>35.6</v>
       </c>
       <c r="F30" s="7">
         <v>7.4</v>
       </c>
       <c r="G30" s="7">
         <v>37.8</v>
       </c>
       <c r="H30" s="7">
         <v>7.4</v>
       </c>
       <c r="I30" s="7">
         <v>32.1</v>
       </c>
       <c r="J30" s="7">
         <v>5.6</v>
       </c>
@@ -2797,437 +2794,437 @@
       <c r="Z30" s="7">
         <v>5.9</v>
       </c>
       <c r="AA30" s="7">
         <v>55.9</v>
       </c>
       <c r="AB30" s="7">
         <v>5.3</v>
       </c>
       <c r="AC30" s="7">
         <v>53.3</v>
       </c>
       <c r="AD30" s="7">
         <v>4.5</v>
       </c>
       <c r="AE30" s="7">
         <v>64.0</v>
       </c>
       <c r="AF30" s="7">
         <v>1.5</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C31" s="7">
         <v>20.8</v>
       </c>
       <c r="D31" s="7">
         <v>3.0</v>
       </c>
       <c r="E31" s="7">
         <v>64.4</v>
       </c>
       <c r="F31" s="7">
         <v>7.4</v>
       </c>
       <c r="G31" s="7">
         <v>59.9</v>
       </c>
       <c r="H31" s="7">
         <v>7.5</v>
       </c>
       <c r="I31" s="7">
         <v>67.9</v>
       </c>
       <c r="J31" s="7">
         <v>5.6</v>
       </c>
       <c r="K31" s="7">
         <v>55.9</v>
       </c>
       <c r="L31" s="7">
         <v>4.9</v>
       </c>
       <c r="M31" s="7">
         <v>3.5</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O31" s="7">
         <v>9.8</v>
       </c>
       <c r="P31" s="7">
         <v>3.3</v>
       </c>
       <c r="Q31" s="7">
         <v>9.6</v>
       </c>
       <c r="R31" s="7">
         <v>3.4</v>
       </c>
       <c r="S31" s="7">
         <v>9.7</v>
       </c>
       <c r="T31" s="7">
         <v>4.6</v>
       </c>
       <c r="U31" s="7">
         <v>19.7</v>
       </c>
       <c r="V31" s="7">
         <v>8.9</v>
       </c>
       <c r="W31" s="7">
         <v>0.0</v>
       </c>
       <c r="X31" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y31" s="7">
         <v>11.1</v>
       </c>
       <c r="Z31" s="7">
         <v>3.7</v>
       </c>
       <c r="AA31" s="7">
         <v>3.5</v>
       </c>
       <c r="AB31" s="7">
         <v>2.0</v>
       </c>
       <c r="AC31" s="7">
         <v>28.8</v>
       </c>
       <c r="AD31" s="7">
         <v>4.0</v>
       </c>
       <c r="AE31" s="7">
         <v>26.1</v>
       </c>
       <c r="AF31" s="7">
         <v>1.3</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C32" s="7">
         <v>100.0</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E32" s="7">
         <v>100.0</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G32" s="7">
         <v>100.0</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I32" s="7">
         <v>100.0</v>
       </c>
       <c r="J32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K32" s="7">
         <v>100.0</v>
       </c>
       <c r="L32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M32" s="7">
         <v>100.0</v>
       </c>
       <c r="N32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O32" s="7">
         <v>100.0</v>
       </c>
       <c r="P32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q32" s="7">
         <v>100.0</v>
       </c>
       <c r="R32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S32" s="7">
         <v>100.0</v>
       </c>
       <c r="T32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U32" s="7">
         <v>100.0</v>
       </c>
       <c r="V32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W32" s="7">
         <v>100.0</v>
       </c>
       <c r="X32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y32" s="7">
         <v>100.0</v>
       </c>
       <c r="Z32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA32" s="7">
         <v>100.0</v>
       </c>
       <c r="AB32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC32" s="7">
         <v>100.0</v>
       </c>
       <c r="AD32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE32" s="7">
         <v>100.0</v>
       </c>
       <c r="AF32" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="A33" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C33" s="7">
         <v>0.0</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E33" s="7">
         <v>0.0</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G33" s="7">
         <v>0.0</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I33" s="7">
         <v>0.0</v>
       </c>
       <c r="J33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K33" s="7">
         <v>0.0</v>
       </c>
       <c r="L33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M33" s="7">
         <v>0.0</v>
       </c>
       <c r="N33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O33" s="7">
         <v>0.0</v>
       </c>
       <c r="P33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q33" s="7">
         <v>0.0</v>
       </c>
       <c r="R33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S33" s="7">
         <v>0.0</v>
       </c>
       <c r="T33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U33" s="7">
         <v>0.0</v>
       </c>
       <c r="V33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W33" s="7">
         <v>0.0</v>
       </c>
       <c r="X33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y33" s="7">
         <v>0.0</v>
       </c>
       <c r="Z33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA33" s="7">
         <v>0.0</v>
       </c>
       <c r="AB33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC33" s="7">
         <v>0.0</v>
       </c>
       <c r="AD33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE33" s="7">
         <v>0.0</v>
       </c>
       <c r="AF33" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:32">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C34" s="7">
         <v>0.0</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E34" s="7">
         <v>0.0</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G34" s="7">
         <v>0.0</v>
       </c>
       <c r="H34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I34" s="7">
         <v>0.0</v>
       </c>
       <c r="J34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K34" s="7">
         <v>0.0</v>
       </c>
       <c r="L34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M34" s="7">
         <v>0.0</v>
       </c>
       <c r="N34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O34" s="7">
         <v>8.7</v>
       </c>
       <c r="P34" s="7">
         <v>3.4</v>
       </c>
       <c r="Q34" s="7">
         <v>2.7</v>
       </c>
       <c r="R34" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S34" s="7">
         <v>28.2</v>
       </c>
       <c r="T34" s="7">
         <v>7.1</v>
       </c>
       <c r="U34" s="7">
         <v>10.6</v>
       </c>
       <c r="V34" s="7">
         <v>7.1</v>
       </c>
       <c r="W34" s="7">
         <v>21.0</v>
       </c>
       <c r="X34" s="7">
         <v>9.2</v>
       </c>
       <c r="Y34" s="7">
         <v>45.1</v>
       </c>
       <c r="Z34" s="7">
         <v>6.1</v>
       </c>
       <c r="AA34" s="7">
         <v>45.1</v>
       </c>
       <c r="AB34" s="7">
         <v>5.3</v>
       </c>
       <c r="AC34" s="7">
         <v>43.6</v>
       </c>
       <c r="AD34" s="7">
         <v>6.7</v>
       </c>
       <c r="AE34" s="7">
         <v>19.9</v>
       </c>
       <c r="AF34" s="7">
         <v>1.6</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C35" s="7">
         <v>94.9</v>
       </c>
       <c r="D35" s="7">
         <v>2.2</v>
       </c>
       <c r="E35" s="7">
         <v>50.1</v>
       </c>
       <c r="F35" s="7">
         <v>14.5</v>
       </c>
       <c r="G35" s="7">
         <v>57.7</v>
       </c>
       <c r="H35" s="7">
         <v>14.3</v>
       </c>
       <c r="I35" s="7">
         <v>39.8</v>
       </c>
       <c r="J35" s="7">
         <v>10.9</v>
       </c>
@@ -3279,467 +3276,467 @@
       <c r="Z35" s="7">
         <v>6.1</v>
       </c>
       <c r="AA35" s="7">
         <v>50.6</v>
       </c>
       <c r="AB35" s="7">
         <v>5.4</v>
       </c>
       <c r="AC35" s="7">
         <v>48.8</v>
       </c>
       <c r="AD35" s="7">
         <v>6.7</v>
       </c>
       <c r="AE35" s="7">
         <v>69.3</v>
       </c>
       <c r="AF35" s="7">
         <v>1.9</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C36" s="7">
         <v>5.1</v>
       </c>
       <c r="D36" s="7">
         <v>2.2</v>
       </c>
       <c r="E36" s="7">
         <v>49.9</v>
       </c>
       <c r="F36" s="7">
         <v>14.5</v>
       </c>
       <c r="G36" s="7">
         <v>42.3</v>
       </c>
       <c r="H36" s="7">
         <v>14.3</v>
       </c>
       <c r="I36" s="7">
         <v>60.2</v>
       </c>
       <c r="J36" s="7">
         <v>10.9</v>
       </c>
       <c r="K36" s="7">
         <v>54.1</v>
       </c>
       <c r="L36" s="7">
         <v>9.8</v>
       </c>
       <c r="M36" s="7">
         <v>0.0</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O36" s="7">
         <v>7.7</v>
       </c>
       <c r="P36" s="7">
         <v>3.3</v>
       </c>
       <c r="Q36" s="7">
         <v>4.4</v>
       </c>
       <c r="R36" s="7">
         <v>3.0</v>
       </c>
       <c r="S36" s="7">
         <v>2.2</v>
       </c>
       <c r="T36" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U36" s="7">
         <v>5.5</v>
       </c>
       <c r="V36" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W36" s="7">
         <v>4.6</v>
       </c>
       <c r="X36" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y36" s="7">
         <v>7.5</v>
       </c>
       <c r="Z36" s="7">
         <v>3.2</v>
       </c>
       <c r="AA36" s="7">
         <v>4.3</v>
       </c>
       <c r="AB36" s="7">
         <v>2.1</v>
       </c>
       <c r="AC36" s="7">
         <v>7.6</v>
       </c>
       <c r="AD36" s="7">
         <v>3.7</v>
       </c>
       <c r="AE36" s="7">
         <v>10.8</v>
       </c>
       <c r="AF36" s="7">
         <v>1.2</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C37" s="7">
         <v>100.0</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E37" s="7">
         <v>100.0</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G37" s="7">
         <v>100.0</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I37" s="7">
         <v>100.0</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K37" s="7">
         <v>100.0</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M37" s="7">
         <v>100.0</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O37" s="7">
         <v>100.0</v>
       </c>
       <c r="P37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q37" s="7">
         <v>100.0</v>
       </c>
       <c r="R37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S37" s="7">
         <v>100.0</v>
       </c>
       <c r="T37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U37" s="7">
         <v>100.0</v>
       </c>
       <c r="V37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W37" s="7">
         <v>100.0</v>
       </c>
       <c r="X37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y37" s="7">
         <v>100.0</v>
       </c>
       <c r="Z37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA37" s="7">
         <v>100.0</v>
       </c>
       <c r="AB37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC37" s="7">
         <v>100.0</v>
       </c>
       <c r="AD37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE37" s="7">
         <v>100.0</v>
       </c>
       <c r="AF37" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C38" s="7">
         <v>0.0</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E38" s="7">
         <v>0.0</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G38" s="7">
         <v>0.0</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I38" s="7">
         <v>0.0</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K38" s="7">
         <v>0.0</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M38" s="7">
         <v>0.0</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O38" s="7">
         <v>0.0</v>
       </c>
       <c r="P38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q38" s="7">
         <v>0.0</v>
       </c>
       <c r="R38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S38" s="7">
         <v>0.0</v>
       </c>
       <c r="T38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U38" s="7">
         <v>0.0</v>
       </c>
       <c r="V38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W38" s="7">
         <v>0.0</v>
       </c>
       <c r="X38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y38" s="7">
         <v>0.0</v>
       </c>
       <c r="Z38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA38" s="7">
         <v>0.0</v>
       </c>
       <c r="AB38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC38" s="7">
         <v>0.0</v>
       </c>
       <c r="AD38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE38" s="7">
         <v>0.0</v>
       </c>
       <c r="AF38" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C39" s="7">
         <v>0.0</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E39" s="7">
         <v>0.0</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G39" s="7">
         <v>0.0</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I39" s="7">
         <v>0.0</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K39" s="7">
         <v>0.0</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M39" s="7">
         <v>29.1</v>
       </c>
       <c r="N39" s="7">
         <v>11.0</v>
       </c>
       <c r="O39" s="7">
         <v>30.3</v>
       </c>
       <c r="P39" s="7">
         <v>7.0</v>
       </c>
       <c r="Q39" s="7">
         <v>5.3</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S39" s="7">
         <v>28.2</v>
       </c>
       <c r="T39" s="7">
         <v>6.2</v>
       </c>
       <c r="U39" s="7">
         <v>23.7</v>
       </c>
       <c r="V39" s="7">
         <v>9.2</v>
       </c>
       <c r="W39" s="7">
         <v>33.6</v>
       </c>
       <c r="X39" s="7">
         <v>11.2</v>
       </c>
       <c r="Y39" s="7">
         <v>56.0</v>
       </c>
       <c r="Z39" s="7">
         <v>5.0</v>
       </c>
       <c r="AA39" s="7">
         <v>63.6</v>
       </c>
       <c r="AB39" s="7">
         <v>4.2</v>
       </c>
       <c r="AC39" s="7">
         <v>29.3</v>
       </c>
       <c r="AD39" s="7">
         <v>5.4</v>
       </c>
       <c r="AE39" s="7">
         <v>39.6</v>
       </c>
       <c r="AF39" s="7">
         <v>2.1</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C40" s="7">
         <v>88.8</v>
       </c>
       <c r="D40" s="7">
         <v>5.3</v>
       </c>
       <c r="E40" s="7">
         <v>66.4</v>
       </c>
       <c r="F40" s="7">
         <v>27.4</v>
       </c>
       <c r="G40" s="7">
         <v>100.0</v>
       </c>
       <c r="H40" s="7">
         <v>0.0</v>
       </c>
       <c r="I40" s="7">
         <v>49.5</v>
       </c>
       <c r="J40" s="7">
         <v>25.0</v>
       </c>
       <c r="K40" s="7">
         <v>0.0</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M40" s="7">
         <v>70.9</v>
       </c>
       <c r="N40" s="7">
         <v>11.0</v>
       </c>
       <c r="O40" s="7">
         <v>67.3</v>
       </c>
       <c r="P40" s="7">
         <v>7.1</v>
       </c>
       <c r="Q40" s="7">
         <v>94.7</v>
       </c>
       <c r="R40" s="7">
         <v>5.1</v>
       </c>
       <c r="S40" s="7">
         <v>69.8</v>
       </c>
       <c r="T40" s="7">
         <v>6.3</v>
       </c>
@@ -3761,371 +3758,371 @@
       <c r="Z40" s="7">
         <v>5.0</v>
       </c>
       <c r="AA40" s="7">
         <v>36.4</v>
       </c>
       <c r="AB40" s="7">
         <v>4.2</v>
       </c>
       <c r="AC40" s="7">
         <v>63.3</v>
       </c>
       <c r="AD40" s="7">
         <v>5.7</v>
       </c>
       <c r="AE40" s="7">
         <v>57.0</v>
       </c>
       <c r="AF40" s="7">
         <v>2.1</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C41" s="7">
         <v>11.2</v>
       </c>
       <c r="D41" s="7">
         <v>5.3</v>
       </c>
       <c r="E41" s="7">
         <v>33.6</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G41" s="7">
         <v>0.0</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I41" s="7">
         <v>50.5</v>
       </c>
       <c r="J41" s="7">
         <v>25.0</v>
       </c>
       <c r="K41" s="7">
         <v>100.0</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M41" s="7">
         <v>0.0</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O41" s="7">
         <v>2.3</v>
       </c>
       <c r="P41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q41" s="7">
         <v>0.0</v>
       </c>
       <c r="R41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S41" s="7">
         <v>2.0</v>
       </c>
       <c r="T41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U41" s="7">
         <v>4.0</v>
       </c>
       <c r="V41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W41" s="7">
         <v>0.0</v>
       </c>
       <c r="X41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y41" s="7">
         <v>2.1</v>
       </c>
       <c r="Z41" s="7">
         <v>1.5</v>
       </c>
       <c r="AA41" s="7">
         <v>0.0</v>
       </c>
       <c r="AB41" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC41" s="7">
         <v>7.4</v>
       </c>
       <c r="AD41" s="7">
         <v>3.1</v>
       </c>
       <c r="AE41" s="7">
         <v>3.5</v>
       </c>
       <c r="AF41" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="42" spans="1:32">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C42" s="7">
         <v>100.0</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E42" s="7">
         <v>100.0</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G42" s="7">
         <v>100.0</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I42" s="7">
         <v>100.0</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K42" s="7">
         <v>100.0</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M42" s="7">
         <v>100.0</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O42" s="7">
         <v>100.0</v>
       </c>
       <c r="P42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q42" s="7">
         <v>100.0</v>
       </c>
       <c r="R42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S42" s="7">
         <v>100.0</v>
       </c>
       <c r="T42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U42" s="7">
         <v>100.0</v>
       </c>
       <c r="V42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W42" s="7">
         <v>100.0</v>
       </c>
       <c r="X42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y42" s="7">
         <v>100.0</v>
       </c>
       <c r="Z42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA42" s="7">
         <v>100.0</v>
       </c>
       <c r="AB42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC42" s="7">
         <v>100.0</v>
       </c>
       <c r="AD42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE42" s="7">
         <v>100.0</v>
       </c>
       <c r="AF42" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C43" s="7">
         <v>0.0</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E43" s="7">
         <v>0.0</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G43" s="7">
         <v>0.0</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I43" s="7">
         <v>0.0</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K43" s="7">
         <v>0.0</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M43" s="7">
         <v>0.0</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O43" s="7">
         <v>0.0</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q43" s="7">
         <v>0.0</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S43" s="7">
         <v>0.0</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U43" s="7">
         <v>0.0</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W43" s="7">
         <v>0.0</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y43" s="7">
         <v>0.0</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA43" s="7">
         <v>0.0</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC43" s="7">
         <v>0.0</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE43" s="7">
         <v>0.0</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C44" s="7">
         <v>0.0</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E44" s="7">
         <v>0.0</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G44" s="7">
         <v>0.8</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I44" s="7">
         <v>0.0</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K44" s="7">
         <v>0.0</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M44" s="7">
         <v>6.7</v>
       </c>
       <c r="N44" s="7">
         <v>2.3</v>
       </c>
       <c r="O44" s="7">
         <v>10.4</v>
       </c>
       <c r="P44" s="7">
         <v>1.8</v>
       </c>
       <c r="Q44" s="7">
         <v>1.1</v>
       </c>
       <c r="R44" s="7">
         <v>0.8</v>
       </c>
       <c r="S44" s="7">
         <v>20.7</v>
       </c>
       <c r="T44" s="7">
         <v>3.0</v>
       </c>
@@ -4147,51 +4144,51 @@
       <c r="Z44" s="7">
         <v>2.6</v>
       </c>
       <c r="AA44" s="7">
         <v>46.5</v>
       </c>
       <c r="AB44" s="7">
         <v>2.4</v>
       </c>
       <c r="AC44" s="7">
         <v>21.1</v>
       </c>
       <c r="AD44" s="7">
         <v>1.8</v>
       </c>
       <c r="AE44" s="7">
         <v>16.1</v>
       </c>
       <c r="AF44" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C45" s="7">
         <v>80.4</v>
       </c>
       <c r="D45" s="7">
         <v>1.8</v>
       </c>
       <c r="E45" s="7">
         <v>27.6</v>
       </c>
       <c r="F45" s="7">
         <v>4.0</v>
       </c>
       <c r="G45" s="7">
         <v>36.2</v>
       </c>
       <c r="H45" s="7">
         <v>4.4</v>
       </c>
       <c r="I45" s="7">
         <v>28.6</v>
       </c>
       <c r="J45" s="7">
         <v>3.0</v>
       </c>
@@ -4243,87 +4240,87 @@
       <c r="Z45" s="7">
         <v>2.7</v>
       </c>
       <c r="AA45" s="7">
         <v>51.3</v>
       </c>
       <c r="AB45" s="7">
         <v>2.4</v>
       </c>
       <c r="AC45" s="7">
         <v>48.6</v>
       </c>
       <c r="AD45" s="7">
         <v>2.2</v>
       </c>
       <c r="AE45" s="7">
         <v>58.7</v>
       </c>
       <c r="AF45" s="7">
         <v>0.8</v>
       </c>
     </row>
     <row r="46" spans="1:32">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C46" s="7">
         <v>19.6</v>
       </c>
       <c r="D46" s="7">
         <v>1.8</v>
       </c>
       <c r="E46" s="7">
         <v>72.4</v>
       </c>
       <c r="F46" s="7">
         <v>4.0</v>
       </c>
       <c r="G46" s="7">
         <v>63.0</v>
       </c>
       <c r="H46" s="7">
         <v>4.4</v>
       </c>
       <c r="I46" s="7">
         <v>71.4</v>
       </c>
       <c r="J46" s="7">
         <v>3.0</v>
       </c>
       <c r="K46" s="7">
         <v>71.1</v>
       </c>
       <c r="L46" s="7">
         <v>2.5</v>
       </c>
       <c r="M46" s="7">
         <v>0.9</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O46" s="7">
         <v>7.6</v>
       </c>
       <c r="P46" s="7">
         <v>1.6</v>
       </c>
       <c r="Q46" s="7">
         <v>7.7</v>
       </c>
       <c r="R46" s="7">
         <v>1.9</v>
       </c>
       <c r="S46" s="7">
         <v>6.4</v>
       </c>
       <c r="T46" s="7">
         <v>1.8</v>
       </c>
       <c r="U46" s="7">
         <v>7.8</v>
       </c>
       <c r="V46" s="7">
         <v>2.8</v>
       </c>
@@ -4339,157 +4336,157 @@
       <c r="Z46" s="7">
         <v>1.6</v>
       </c>
       <c r="AA46" s="7">
         <v>2.3</v>
       </c>
       <c r="AB46" s="7">
         <v>0.7</v>
       </c>
       <c r="AC46" s="7">
         <v>30.2</v>
       </c>
       <c r="AD46" s="7">
         <v>1.9</v>
       </c>
       <c r="AE46" s="7">
         <v>25.2</v>
       </c>
       <c r="AF46" s="7">
         <v>0.6</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C47" s="7">
         <v>100.0</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E47" s="7">
         <v>100.0</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G47" s="7">
         <v>100.0</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I47" s="7">
         <v>100.0</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K47" s="7">
         <v>100.0</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="M47" s="7">
         <v>100.0</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="O47" s="7">
         <v>100.0</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Q47" s="7">
         <v>100.0</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="S47" s="7">
         <v>100.0</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="U47" s="7">
         <v>100.0</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="W47" s="7">
         <v>100.0</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="Y47" s="7">
         <v>100.0</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AA47" s="7">
         <v>100.0</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AC47" s="7">
         <v>100.0</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="AE47" s="7">
         <v>100.0</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1194085/375834</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
@@ -4505,245 +4502,245 @@
       <c r="V48" s="3"/>
       <c r="W48" s="3"/>
       <c r="X48" s="3"/>
       <c r="Y48" s="3"/>
       <c r="Z48" s="3"/>
       <c r="AA48" s="3"/>
       <c r="AB48" s="3"/>
       <c r="AC48" s="3"/>
       <c r="AD48" s="3"/>
       <c r="AE48" s="3"/>
       <c r="AF48" s="3"/>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominantes Alter</t>
+            <t xml:space="preserve">età dominante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2325</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (3 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2668</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="66" spans="1:32">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:32" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>
     <mergeCell ref="A3:AF3"/>
     <mergeCell ref="A4:AF4"/>
     <mergeCell ref="A5:AF5"/>
     <mergeCell ref="A6:AF6"/>
     <mergeCell ref="A7:AF7"/>
     <mergeCell ref="A8:AF8"/>
     <mergeCell ref="C10:AF10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>