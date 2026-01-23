--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -12,429 +12,432 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>nombre de tiges de la jeune forêt</t>
+    <t>Jungwaldstammzahl</t>
   </si>
   <si>
-    <t>classe de grandeur (jeune forêt; 5 classes) · essence principale de la jeune forêt (comptage)</t>
+    <t>Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 n</t>
+      <t xml:space="preserve">: 1000 Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante, apte au boisement</t>
+      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>région de forêt protectrice</t>
+    <t>Schutzwaldregion</t>
   </si>
   <si>
-    <t>Plateau/Jura</t>
+    <t>Jura + Mittelland</t>
   </si>
   <si>
-    <t>Nord des Alpes ouest</t>
+    <t>Nordalpen West</t>
   </si>
   <si>
-    <t>Nord des Alpes est</t>
+    <t>Nordalpen Ost</t>
   </si>
   <si>
-    <t>Sud-ouest des Alpes</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Sud-est des Alpes</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Sud des Alpes</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>classe de grandeur (jeune forêt; 5 classes)</t>
+    <t>Grössenklasse (Jungwald; 5 Klassen)</t>
   </si>
   <si>
-    <t>essence principale de la jeune forêt (comptage)</t>
+    <t>Hauptbaumart im Jungwald (Zählung)</t>
   </si>
   <si>
-    <t>1000 n</t>
+    <t>1000 Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>kein Angabe</t>
+  </si>
+  <si>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>sapin</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pin</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>mélèze</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>arole</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>hêtre</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>érable</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>frêne</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>chêne</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>châtaignier</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>autres feuillus</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>espèces non relevées dans tous les inventaires</t>
+    <t>nicht in allen Inventuren erhobene Arten</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>hauteur 10-39 cm</t>
+    <t>Höhe 10-39 cm</t>
   </si>
   <si>
-    <t>hauteur 40-129 cm</t>
+    <t>Höhe 40-129 cm</t>
   </si>
   <si>
-    <t>DHP 0-3.9 cm</t>
+    <t>BHD 0-3.9 cm</t>
   </si>
   <si>
-    <t>DHP 4-7.9 cm</t>
+    <t>BHD 4-7.9 cm</t>
   </si>
   <si>
-    <t>DHP 8-11.9 cm</t>
+    <t>BHD 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1196522/378271</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre de tiges de la jeune forêt</t>
+      <t xml:space="preserve">Jungwaldstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #406</t>
     </r>
   </si>
   <si>
-    <t>Nombre de résineux et de feuillus vivant d’au moins 10 cm de haut et jusqu'à un diamètre à hauteur de poitrine [DHP] de 11,9 cm.</t>
+    <t>Anzahl der lebenden Nadel- und Laubbäume von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">classe de grandeur (jeune forêt; 5 classes)</t>
+      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Taille des plantes de la jeune forêt de 10 cm de hauteur à 11,9 cm de diamètre à hauteur de poitrine (DHP) en cinq classes (deux classes de hauteur et trois classes de DHP). Source: relevé de terrain (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale de la jeune forêt (comptage)</t>
+      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Espèce des plantes de la jeune forêt de 10 cm de hauteur à 11,9 cm de diamètre à hauteur de poitrine (DHP), en classes individuelles pour les dix principales espèces ou groupes d'espèces de Suisse («essences principales») et en classes «autres résineux», «autres feuillus» et «espèces non relevées dans tous les inventaires». Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante, apte au boisement</t>
+      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Proportion apte au boisement de la forêt accessible sans la forêt buissonnante (c'est-à-dire forêt accessible sans la forêt buissonnante sans la surface des routes forestières, d'infrastructures de loisirs, de cours d'eau, de coulées d'avalanches, etc.).</t>
+    <t>Bestockbarer Teil des zugänglichen Waldes ohne Gebüschwald (also zugänglicher Wald ohne Gebüschwald ohne Fläche von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen usw.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,65 +789,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -951,5055 +954,5055 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I19" s="6">
         <v>0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K19" s="6">
         <v>0</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M19" s="6">
         <v>0</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O19" s="6">
         <v>0</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I20" s="6">
         <v>0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K20" s="6">
         <v>0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M20" s="6">
         <v>0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O20" s="6">
         <v>0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G22" s="6">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K22" s="6">
         <v>0</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M22" s="6">
         <v>0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O22" s="6">
         <v>0</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="6">
         <v>0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G24" s="6">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I24" s="6">
         <v>0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K24" s="6">
         <v>0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M24" s="6">
         <v>0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O24" s="6">
         <v>0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E25" s="6">
         <v>0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G25" s="6">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I25" s="6">
         <v>0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K25" s="6">
         <v>0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M25" s="6">
         <v>0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O25" s="6">
         <v>0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26" s="6">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I26" s="6">
         <v>0</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K26" s="6">
         <v>0</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M26" s="6">
         <v>0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O26" s="6">
         <v>0</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I27" s="6">
         <v>0</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K27" s="6">
         <v>0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M27" s="6">
         <v>0</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O27" s="6">
         <v>0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M28" s="6">
         <v>0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O28" s="6">
         <v>0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C29" s="6">
         <v>293276</v>
       </c>
       <c r="D29" s="6">
         <v>20</v>
       </c>
       <c r="E29" s="6">
         <v>208736</v>
       </c>
       <c r="F29" s="6">
         <v>16</v>
       </c>
       <c r="G29" s="6">
         <v>100728</v>
       </c>
       <c r="H29" s="6">
         <v>28</v>
       </c>
       <c r="I29" s="6">
         <v>67543</v>
       </c>
       <c r="J29" s="6">
         <v>25</v>
       </c>
       <c r="K29" s="6">
         <v>82626</v>
       </c>
       <c r="L29" s="6">
         <v>26</v>
       </c>
       <c r="M29" s="6">
         <v>5866</v>
       </c>
       <c r="N29" s="6">
         <v>71</v>
       </c>
       <c r="O29" s="6">
         <v>758775</v>
       </c>
       <c r="P29" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C30" s="6">
         <v>584464</v>
       </c>
       <c r="D30" s="6">
         <v>10</v>
       </c>
       <c r="E30" s="6">
         <v>142364</v>
       </c>
       <c r="F30" s="6">
         <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>163767</v>
       </c>
       <c r="H30" s="6">
         <v>32</v>
       </c>
       <c r="I30" s="6">
         <v>10115</v>
       </c>
       <c r="J30" s="6">
         <v>74</v>
       </c>
       <c r="K30" s="6">
         <v>5290</v>
       </c>
       <c r="L30" s="6">
         <v>62</v>
       </c>
       <c r="M30" s="6">
         <v>8261</v>
       </c>
       <c r="N30" s="6">
         <v>46</v>
       </c>
       <c r="O30" s="6">
         <v>914261</v>
       </c>
       <c r="P30" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6">
         <v>3035</v>
       </c>
       <c r="D31" s="6">
         <v>71</v>
       </c>
       <c r="E31" s="6">
         <v>1360</v>
       </c>
       <c r="F31" s="6">
         <v>100</v>
       </c>
       <c r="G31" s="6">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I31" s="6">
         <v>1360</v>
       </c>
       <c r="J31" s="6">
         <v>100</v>
       </c>
       <c r="K31" s="6">
         <v>6827</v>
       </c>
       <c r="L31" s="6">
         <v>45</v>
       </c>
       <c r="M31" s="6">
         <v>0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O31" s="6">
         <v>12582</v>
       </c>
       <c r="P31" s="6">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E32" s="6">
         <v>0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G32" s="6">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I32" s="6">
         <v>47087</v>
       </c>
       <c r="J32" s="6">
         <v>97</v>
       </c>
       <c r="K32" s="6">
         <v>4080</v>
       </c>
       <c r="L32" s="6">
         <v>74</v>
       </c>
       <c r="M32" s="6">
         <v>2664</v>
       </c>
       <c r="N32" s="6">
         <v>71</v>
       </c>
       <c r="O32" s="6">
         <v>53831</v>
       </c>
       <c r="P32" s="6">
         <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E33" s="6">
         <v>0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G33" s="6">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I33" s="6">
         <v>6930</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>4287</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>2547</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>13764</v>
       </c>
       <c r="P33" s="6">
         <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C34" s="6">
         <v>17644</v>
       </c>
       <c r="D34" s="6">
         <v>43</v>
       </c>
       <c r="E34" s="6">
         <v>0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G34" s="6">
         <v>1403</v>
       </c>
       <c r="H34" s="6">
         <v>100</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K34" s="6">
         <v>0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M34" s="6">
         <v>0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O34" s="6">
         <v>19047</v>
       </c>
       <c r="P34" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C35" s="6">
         <v>1930677</v>
       </c>
       <c r="D35" s="6">
         <v>12</v>
       </c>
       <c r="E35" s="6">
         <v>391865</v>
       </c>
       <c r="F35" s="6">
         <v>38</v>
       </c>
       <c r="G35" s="6">
         <v>463142</v>
       </c>
       <c r="H35" s="6">
         <v>31</v>
       </c>
       <c r="I35" s="6">
         <v>21522</v>
       </c>
       <c r="J35" s="6">
         <v>53</v>
       </c>
       <c r="K35" s="6">
         <v>52075</v>
       </c>
       <c r="L35" s="6">
         <v>39</v>
       </c>
       <c r="M35" s="6">
         <v>140969</v>
       </c>
       <c r="N35" s="6">
         <v>36</v>
       </c>
       <c r="O35" s="6">
         <v>3000249</v>
       </c>
       <c r="P35" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C36" s="6">
         <v>3048732</v>
       </c>
       <c r="D36" s="6">
         <v>12</v>
       </c>
       <c r="E36" s="6">
         <v>355012</v>
       </c>
       <c r="F36" s="6">
         <v>24</v>
       </c>
       <c r="G36" s="6">
         <v>476421</v>
       </c>
       <c r="H36" s="6">
         <v>23</v>
       </c>
       <c r="I36" s="6">
         <v>23714</v>
       </c>
       <c r="J36" s="6">
         <v>36</v>
       </c>
       <c r="K36" s="6">
         <v>52701</v>
       </c>
       <c r="L36" s="6">
         <v>38</v>
       </c>
       <c r="M36" s="6">
         <v>45616</v>
       </c>
       <c r="N36" s="6">
         <v>27</v>
       </c>
       <c r="O36" s="6">
         <v>4002196</v>
       </c>
       <c r="P36" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C37" s="6">
         <v>1765347</v>
       </c>
       <c r="D37" s="6">
         <v>11</v>
       </c>
       <c r="E37" s="6">
         <v>245518</v>
       </c>
       <c r="F37" s="6">
         <v>22</v>
       </c>
       <c r="G37" s="6">
         <v>421082</v>
       </c>
       <c r="H37" s="6">
         <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>394550</v>
       </c>
       <c r="J37" s="6">
         <v>57</v>
       </c>
       <c r="K37" s="6">
         <v>101714</v>
       </c>
       <c r="L37" s="6">
         <v>42</v>
       </c>
       <c r="M37" s="6">
         <v>469365</v>
       </c>
       <c r="N37" s="6">
         <v>28</v>
       </c>
       <c r="O37" s="6">
         <v>3397576</v>
       </c>
       <c r="P37" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C38" s="6">
         <v>429162</v>
       </c>
       <c r="D38" s="6">
         <v>24</v>
       </c>
       <c r="E38" s="6">
         <v>3036</v>
       </c>
       <c r="F38" s="6">
         <v>71</v>
       </c>
       <c r="G38" s="6">
         <v>8648</v>
       </c>
       <c r="H38" s="6">
         <v>47</v>
       </c>
       <c r="I38" s="6">
         <v>44335</v>
       </c>
       <c r="J38" s="6">
         <v>29</v>
       </c>
       <c r="K38" s="6">
         <v>0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M38" s="6">
         <v>49569</v>
       </c>
       <c r="N38" s="6">
         <v>56</v>
       </c>
       <c r="O38" s="6">
         <v>534750</v>
       </c>
       <c r="P38" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E39" s="6">
         <v>1209</v>
       </c>
       <c r="F39" s="6">
         <v>100</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I39" s="6">
         <v>0</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K39" s="6">
         <v>1209</v>
       </c>
       <c r="L39" s="6">
         <v>100</v>
       </c>
       <c r="M39" s="6">
         <v>15045</v>
       </c>
       <c r="N39" s="6">
         <v>40</v>
       </c>
       <c r="O39" s="6">
         <v>17463</v>
       </c>
       <c r="P39" s="6">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C40" s="6">
         <v>409300</v>
       </c>
       <c r="D40" s="6">
         <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>269995</v>
       </c>
       <c r="F40" s="6">
         <v>15</v>
       </c>
       <c r="G40" s="6">
         <v>107457</v>
       </c>
       <c r="H40" s="6">
         <v>18</v>
       </c>
       <c r="I40" s="6">
         <v>263600</v>
       </c>
       <c r="J40" s="6">
         <v>38</v>
       </c>
       <c r="K40" s="6">
         <v>168971</v>
       </c>
       <c r="L40" s="6">
         <v>17</v>
       </c>
       <c r="M40" s="6">
         <v>65369</v>
       </c>
       <c r="N40" s="6">
         <v>25</v>
       </c>
       <c r="O40" s="6">
         <v>1284692</v>
       </c>
       <c r="P40" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I41" s="6">
         <v>0</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K41" s="6">
         <v>0</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M41" s="6">
         <v>0</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O41" s="6">
         <v>0</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C42" s="6">
         <v>8481635</v>
       </c>
       <c r="D42" s="6">
         <v>7</v>
       </c>
       <c r="E42" s="6">
         <v>1619095</v>
       </c>
       <c r="F42" s="6">
         <v>14</v>
       </c>
       <c r="G42" s="6">
         <v>1742649</v>
       </c>
       <c r="H42" s="6">
         <v>15</v>
       </c>
       <c r="I42" s="6">
         <v>880756</v>
       </c>
       <c r="J42" s="6">
         <v>30</v>
       </c>
       <c r="K42" s="6">
         <v>479779</v>
       </c>
       <c r="L42" s="6">
         <v>15</v>
       </c>
       <c r="M42" s="6">
         <v>805271</v>
       </c>
       <c r="N42" s="6">
         <v>19</v>
       </c>
       <c r="O42" s="6">
         <v>14009186</v>
       </c>
       <c r="P42" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I43" s="6">
         <v>0</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K43" s="6">
         <v>0</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M43" s="6">
         <v>0</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O43" s="6">
         <v>0</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C44" s="6">
         <v>174292</v>
       </c>
       <c r="D44" s="6">
         <v>25</v>
       </c>
       <c r="E44" s="6">
         <v>139525</v>
       </c>
       <c r="F44" s="6">
         <v>15</v>
       </c>
       <c r="G44" s="6">
         <v>41516</v>
       </c>
       <c r="H44" s="6">
         <v>19</v>
       </c>
       <c r="I44" s="6">
         <v>40288</v>
       </c>
       <c r="J44" s="6">
         <v>29</v>
       </c>
       <c r="K44" s="6">
         <v>112416</v>
       </c>
       <c r="L44" s="6">
         <v>22</v>
       </c>
       <c r="M44" s="6">
         <v>5623</v>
       </c>
       <c r="N44" s="6">
         <v>35</v>
       </c>
       <c r="O44" s="6">
         <v>513659</v>
       </c>
       <c r="P44" s="6">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C45" s="6">
         <v>204736</v>
       </c>
       <c r="D45" s="6">
         <v>15</v>
       </c>
       <c r="E45" s="6">
         <v>47985</v>
       </c>
       <c r="F45" s="6">
         <v>26</v>
       </c>
       <c r="G45" s="6">
         <v>10879</v>
       </c>
       <c r="H45" s="6">
         <v>26</v>
       </c>
       <c r="I45" s="6">
         <v>3015</v>
       </c>
       <c r="J45" s="6">
         <v>53</v>
       </c>
       <c r="K45" s="6">
         <v>499</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>2429</v>
       </c>
       <c r="N45" s="6">
         <v>60</v>
       </c>
       <c r="O45" s="6">
         <v>269542</v>
       </c>
       <c r="P45" s="6">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C46" s="6">
         <v>2418</v>
       </c>
       <c r="D46" s="6">
         <v>52</v>
       </c>
       <c r="E46" s="6">
         <v>996</v>
       </c>
       <c r="F46" s="6">
         <v>71</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I46" s="6">
         <v>6384</v>
       </c>
       <c r="J46" s="6">
         <v>86</v>
       </c>
       <c r="K46" s="6">
         <v>9456</v>
       </c>
       <c r="L46" s="6">
         <v>63</v>
       </c>
       <c r="M46" s="6">
         <v>458</v>
       </c>
       <c r="N46" s="6">
         <v>100</v>
       </c>
       <c r="O46" s="6">
         <v>19712</v>
       </c>
       <c r="P46" s="6">
         <v>42</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C47" s="6">
         <v>553</v>
       </c>
       <c r="D47" s="6">
         <v>100</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I47" s="6">
         <v>14281</v>
       </c>
       <c r="J47" s="6">
         <v>87</v>
       </c>
       <c r="K47" s="6">
         <v>12618</v>
       </c>
       <c r="L47" s="6">
         <v>36</v>
       </c>
       <c r="M47" s="6">
         <v>917</v>
       </c>
       <c r="N47" s="6">
         <v>70</v>
       </c>
       <c r="O47" s="6">
         <v>28370</v>
       </c>
       <c r="P47" s="6">
         <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I48" s="6">
         <v>3521</v>
       </c>
       <c r="J48" s="6">
         <v>52</v>
       </c>
       <c r="K48" s="6">
         <v>4955</v>
       </c>
       <c r="L48" s="6">
         <v>40</v>
       </c>
       <c r="M48" s="6">
         <v>917</v>
       </c>
       <c r="N48" s="6">
         <v>100</v>
       </c>
       <c r="O48" s="6">
         <v>9393</v>
       </c>
       <c r="P48" s="6">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C49" s="6">
         <v>1410</v>
       </c>
       <c r="D49" s="6">
         <v>58</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I49" s="6">
         <v>0</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K49" s="6">
         <v>0</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M49" s="6">
         <v>0</v>
       </c>
       <c r="N49" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O49" s="6">
         <v>1410</v>
       </c>
       <c r="P49" s="6">
         <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C50" s="6">
         <v>1225341</v>
       </c>
       <c r="D50" s="6">
         <v>10</v>
       </c>
       <c r="E50" s="6">
         <v>178016</v>
       </c>
       <c r="F50" s="6">
         <v>23</v>
       </c>
       <c r="G50" s="6">
         <v>152435</v>
       </c>
       <c r="H50" s="6">
         <v>24</v>
       </c>
       <c r="I50" s="6">
         <v>7403</v>
       </c>
       <c r="J50" s="6">
         <v>49</v>
       </c>
       <c r="K50" s="6">
         <v>26405</v>
       </c>
       <c r="L50" s="6">
         <v>44</v>
       </c>
       <c r="M50" s="6">
         <v>28644</v>
       </c>
       <c r="N50" s="6">
         <v>60</v>
       </c>
       <c r="O50" s="6">
         <v>1618245</v>
       </c>
       <c r="P50" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C51" s="6">
         <v>543973</v>
       </c>
       <c r="D51" s="6">
         <v>16</v>
       </c>
       <c r="E51" s="6">
         <v>78685</v>
       </c>
       <c r="F51" s="6">
         <v>30</v>
       </c>
       <c r="G51" s="6">
         <v>65283</v>
       </c>
       <c r="H51" s="6">
         <v>31</v>
       </c>
       <c r="I51" s="6">
         <v>4974</v>
       </c>
       <c r="J51" s="6">
         <v>49</v>
       </c>
       <c r="K51" s="6">
         <v>2525</v>
       </c>
       <c r="L51" s="6">
         <v>60</v>
       </c>
       <c r="M51" s="6">
         <v>6401</v>
       </c>
       <c r="N51" s="6">
         <v>33</v>
       </c>
       <c r="O51" s="6">
         <v>701840</v>
       </c>
       <c r="P51" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C52" s="6">
         <v>258930</v>
       </c>
       <c r="D52" s="6">
         <v>12</v>
       </c>
       <c r="E52" s="6">
         <v>71174</v>
       </c>
       <c r="F52" s="6">
         <v>27</v>
       </c>
       <c r="G52" s="6">
         <v>45310</v>
       </c>
       <c r="H52" s="6">
         <v>25</v>
       </c>
       <c r="I52" s="6">
         <v>13012</v>
       </c>
       <c r="J52" s="6">
         <v>35</v>
       </c>
       <c r="K52" s="6">
         <v>16697</v>
       </c>
       <c r="L52" s="6">
         <v>48</v>
       </c>
       <c r="M52" s="6">
         <v>58371</v>
       </c>
       <c r="N52" s="6">
         <v>45</v>
       </c>
       <c r="O52" s="6">
         <v>463496</v>
       </c>
       <c r="P52" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C53" s="6">
         <v>20557</v>
       </c>
       <c r="D53" s="6">
         <v>62</v>
       </c>
       <c r="E53" s="6">
         <v>588</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I53" s="6">
         <v>7024</v>
       </c>
       <c r="J53" s="6">
         <v>39</v>
       </c>
       <c r="K53" s="6">
         <v>1512</v>
       </c>
       <c r="L53" s="6">
         <v>58</v>
       </c>
       <c r="M53" s="6">
         <v>3469</v>
       </c>
       <c r="N53" s="6">
         <v>59</v>
       </c>
       <c r="O53" s="6">
         <v>33150</v>
       </c>
       <c r="P53" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I54" s="6">
         <v>0</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K54" s="6">
         <v>0</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M54" s="6">
         <v>3626</v>
       </c>
       <c r="N54" s="6">
         <v>43</v>
       </c>
       <c r="O54" s="6">
         <v>3626</v>
       </c>
       <c r="P54" s="6">
         <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C55" s="6">
         <v>199424</v>
       </c>
       <c r="D55" s="6">
         <v>11</v>
       </c>
       <c r="E55" s="6">
         <v>121993</v>
       </c>
       <c r="F55" s="6">
         <v>20</v>
       </c>
       <c r="G55" s="6">
         <v>39638</v>
       </c>
       <c r="H55" s="6">
         <v>17</v>
       </c>
       <c r="I55" s="6">
         <v>39560</v>
       </c>
       <c r="J55" s="6">
         <v>24</v>
       </c>
       <c r="K55" s="6">
         <v>50905</v>
       </c>
       <c r="L55" s="6">
         <v>28</v>
       </c>
       <c r="M55" s="6">
         <v>34579</v>
       </c>
       <c r="N55" s="6">
         <v>31</v>
       </c>
       <c r="O55" s="6">
         <v>486099</v>
       </c>
       <c r="P55" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I56" s="6">
         <v>0</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K56" s="6">
         <v>0</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M56" s="6">
         <v>0</v>
       </c>
       <c r="N56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O56" s="6">
         <v>0</v>
       </c>
       <c r="P56" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C57" s="6">
         <v>2631636</v>
       </c>
       <c r="D57" s="6">
         <v>7</v>
       </c>
       <c r="E57" s="6">
         <v>638962</v>
       </c>
       <c r="F57" s="6">
         <v>11</v>
       </c>
       <c r="G57" s="6">
         <v>355061</v>
       </c>
       <c r="H57" s="6">
         <v>14</v>
       </c>
       <c r="I57" s="6">
         <v>139462</v>
       </c>
       <c r="J57" s="6">
         <v>18</v>
       </c>
       <c r="K57" s="6">
         <v>237988</v>
       </c>
       <c r="L57" s="6">
         <v>16</v>
       </c>
       <c r="M57" s="6">
         <v>145433</v>
       </c>
       <c r="N57" s="6">
         <v>23</v>
       </c>
       <c r="O57" s="6">
         <v>4148541</v>
       </c>
       <c r="P57" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I58" s="6">
         <v>0</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K58" s="6">
         <v>0</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M58" s="6">
         <v>0</v>
       </c>
       <c r="N58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O58" s="6">
         <v>0</v>
       </c>
       <c r="P58" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C59" s="6">
         <v>42456</v>
       </c>
       <c r="D59" s="6">
         <v>13</v>
       </c>
       <c r="E59" s="6">
         <v>55362</v>
       </c>
       <c r="F59" s="6">
         <v>12</v>
       </c>
       <c r="G59" s="6">
         <v>18476</v>
       </c>
       <c r="H59" s="6">
         <v>19</v>
       </c>
       <c r="I59" s="6">
         <v>16926</v>
       </c>
       <c r="J59" s="6">
         <v>24</v>
       </c>
       <c r="K59" s="6">
         <v>42327</v>
       </c>
       <c r="L59" s="6">
         <v>21</v>
       </c>
       <c r="M59" s="6">
         <v>5258</v>
       </c>
       <c r="N59" s="6">
         <v>34</v>
       </c>
       <c r="O59" s="6">
         <v>180805</v>
       </c>
       <c r="P59" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C60" s="6">
         <v>76840</v>
       </c>
       <c r="D60" s="6">
         <v>18</v>
       </c>
       <c r="E60" s="6">
         <v>11704</v>
       </c>
       <c r="F60" s="6">
         <v>31</v>
       </c>
       <c r="G60" s="6">
         <v>7129</v>
       </c>
       <c r="H60" s="6">
         <v>31</v>
       </c>
       <c r="I60" s="6">
         <v>3822</v>
       </c>
       <c r="J60" s="6">
         <v>39</v>
       </c>
       <c r="K60" s="6">
         <v>550</v>
       </c>
       <c r="L60" s="6">
         <v>75</v>
       </c>
       <c r="M60" s="6">
         <v>3039</v>
       </c>
       <c r="N60" s="6">
         <v>32</v>
       </c>
       <c r="O60" s="6">
         <v>103085</v>
       </c>
       <c r="P60" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C61" s="6">
         <v>715</v>
       </c>
       <c r="D61" s="6">
         <v>50</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G61" s="6">
         <v>705</v>
       </c>
       <c r="H61" s="6">
         <v>79</v>
       </c>
       <c r="I61" s="6">
         <v>2485</v>
       </c>
       <c r="J61" s="6">
         <v>48</v>
       </c>
       <c r="K61" s="6">
         <v>6396</v>
       </c>
       <c r="L61" s="6">
         <v>36</v>
       </c>
       <c r="M61" s="6">
         <v>844</v>
       </c>
       <c r="N61" s="6">
         <v>81</v>
       </c>
       <c r="O61" s="6">
         <v>11145</v>
       </c>
       <c r="P61" s="6">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C62" s="6">
         <v>1113</v>
       </c>
       <c r="D62" s="6">
         <v>53</v>
       </c>
       <c r="E62" s="6">
         <v>187</v>
       </c>
       <c r="F62" s="6">
         <v>100</v>
       </c>
       <c r="G62" s="6">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I62" s="6">
         <v>5232</v>
       </c>
       <c r="J62" s="6">
         <v>40</v>
       </c>
       <c r="K62" s="6">
         <v>7764</v>
       </c>
       <c r="L62" s="6">
         <v>28</v>
       </c>
       <c r="M62" s="6">
         <v>2554</v>
       </c>
       <c r="N62" s="6">
         <v>49</v>
       </c>
       <c r="O62" s="6">
         <v>16850</v>
       </c>
       <c r="P62" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E63" s="6">
         <v>0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G63" s="6">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I63" s="6">
         <v>1081</v>
       </c>
       <c r="J63" s="6">
         <v>47</v>
       </c>
       <c r="K63" s="6">
         <v>2515</v>
       </c>
       <c r="L63" s="6">
         <v>30</v>
       </c>
       <c r="M63" s="6">
         <v>0</v>
       </c>
       <c r="N63" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O63" s="6">
         <v>3595</v>
       </c>
       <c r="P63" s="6">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C64" s="6">
         <v>1428</v>
       </c>
       <c r="D64" s="6">
         <v>46</v>
       </c>
       <c r="E64" s="6">
         <v>0</v>
       </c>
       <c r="F64" s="6">
         <v>0</v>
       </c>
       <c r="G64" s="6">
         <v>0</v>
       </c>
       <c r="H64" s="6">
         <v>0</v>
       </c>
       <c r="I64" s="6">
         <v>0</v>
       </c>
       <c r="J64" s="6">
         <v>0</v>
       </c>
       <c r="K64" s="6">
         <v>0</v>
       </c>
       <c r="L64" s="6">
         <v>0</v>
       </c>
       <c r="M64" s="6">
         <v>184</v>
       </c>
       <c r="N64" s="6">
         <v>100</v>
       </c>
       <c r="O64" s="6">
         <v>1612</v>
       </c>
       <c r="P64" s="6">
         <v>42</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C65" s="6">
         <v>719333</v>
       </c>
       <c r="D65" s="6">
         <v>9</v>
       </c>
       <c r="E65" s="6">
         <v>107101</v>
       </c>
       <c r="F65" s="6">
         <v>23</v>
       </c>
       <c r="G65" s="6">
         <v>103705</v>
       </c>
       <c r="H65" s="6">
         <v>30</v>
       </c>
       <c r="I65" s="6">
         <v>3791</v>
       </c>
       <c r="J65" s="6">
         <v>55</v>
       </c>
       <c r="K65" s="6">
         <v>23086</v>
       </c>
       <c r="L65" s="6">
         <v>47</v>
       </c>
       <c r="M65" s="6">
         <v>11727</v>
       </c>
       <c r="N65" s="6">
         <v>39</v>
       </c>
       <c r="O65" s="6">
         <v>968743</v>
       </c>
       <c r="P65" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C66" s="6">
         <v>174659</v>
       </c>
       <c r="D66" s="6">
         <v>13</v>
       </c>
       <c r="E66" s="6">
         <v>32173</v>
       </c>
       <c r="F66" s="6">
         <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>27903</v>
       </c>
       <c r="H66" s="6">
         <v>29</v>
       </c>
       <c r="I66" s="6">
         <v>3902</v>
       </c>
       <c r="J66" s="6">
         <v>39</v>
       </c>
       <c r="K66" s="6">
         <v>1986</v>
       </c>
       <c r="L66" s="6">
         <v>62</v>
       </c>
       <c r="M66" s="6">
         <v>1635</v>
       </c>
       <c r="N66" s="6">
         <v>48</v>
       </c>
       <c r="O66" s="6">
         <v>242259</v>
       </c>
       <c r="P66" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C67" s="6">
         <v>32911</v>
       </c>
       <c r="D67" s="6">
         <v>16</v>
       </c>
       <c r="E67" s="6">
         <v>25217</v>
       </c>
       <c r="F67" s="6">
         <v>46</v>
       </c>
       <c r="G67" s="6">
         <v>7053</v>
       </c>
       <c r="H67" s="6">
         <v>33</v>
       </c>
       <c r="I67" s="6">
         <v>3803</v>
       </c>
       <c r="J67" s="6">
         <v>43</v>
       </c>
       <c r="K67" s="6">
         <v>3974</v>
       </c>
       <c r="L67" s="6">
         <v>50</v>
       </c>
       <c r="M67" s="6">
         <v>2590</v>
       </c>
       <c r="N67" s="6">
         <v>34</v>
       </c>
       <c r="O67" s="6">
         <v>75547</v>
       </c>
       <c r="P67" s="6">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C68" s="6">
         <v>7136</v>
       </c>
       <c r="D68" s="6">
         <v>43</v>
       </c>
       <c r="E68" s="6">
         <v>177</v>
       </c>
       <c r="F68" s="6">
         <v>100</v>
       </c>
       <c r="G68" s="6">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I68" s="6">
         <v>2115</v>
       </c>
       <c r="J68" s="6">
         <v>70</v>
       </c>
       <c r="K68" s="6">
         <v>176</v>
       </c>
       <c r="L68" s="6">
         <v>100</v>
       </c>
       <c r="M68" s="6">
         <v>165</v>
       </c>
       <c r="N68" s="6">
         <v>100</v>
       </c>
       <c r="O68" s="6">
         <v>9770</v>
       </c>
       <c r="P68" s="6">
         <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C69" s="6">
         <v>199</v>
       </c>
       <c r="D69" s="6">
         <v>100</v>
       </c>
       <c r="E69" s="6">
         <v>0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G69" s="6">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I69" s="6">
         <v>188</v>
       </c>
       <c r="J69" s="6">
         <v>100</v>
       </c>
       <c r="K69" s="6">
         <v>0</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M69" s="6">
         <v>3489</v>
       </c>
       <c r="N69" s="6">
         <v>29</v>
       </c>
       <c r="O69" s="6">
         <v>3876</v>
       </c>
       <c r="P69" s="6">
         <v>27</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C70" s="6">
         <v>92024</v>
       </c>
       <c r="D70" s="6">
         <v>13</v>
       </c>
       <c r="E70" s="6">
         <v>63514</v>
       </c>
       <c r="F70" s="6">
         <v>13</v>
       </c>
       <c r="G70" s="6">
         <v>25481</v>
       </c>
       <c r="H70" s="6">
         <v>18</v>
       </c>
       <c r="I70" s="6">
         <v>20783</v>
       </c>
       <c r="J70" s="6">
         <v>22</v>
       </c>
       <c r="K70" s="6">
         <v>13719</v>
       </c>
       <c r="L70" s="6">
         <v>26</v>
       </c>
       <c r="M70" s="6">
         <v>13682</v>
       </c>
       <c r="N70" s="6">
         <v>20</v>
       </c>
       <c r="O70" s="6">
         <v>229202</v>
       </c>
       <c r="P70" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6">
         <v>0</v>
       </c>
       <c r="F71" s="6">
         <v>0</v>
       </c>
       <c r="G71" s="6">
         <v>0</v>
       </c>
       <c r="H71" s="6">
         <v>0</v>
       </c>
       <c r="I71" s="6">
         <v>0</v>
       </c>
       <c r="J71" s="6">
         <v>0</v>
       </c>
       <c r="K71" s="6">
         <v>0</v>
       </c>
       <c r="L71" s="6">
         <v>0</v>
       </c>
       <c r="M71" s="6">
         <v>0</v>
       </c>
       <c r="N71" s="6">
         <v>0</v>
       </c>
       <c r="O71" s="6">
         <v>0</v>
       </c>
       <c r="P71" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C72" s="6">
         <v>1148815</v>
       </c>
       <c r="D72" s="6">
         <v>6</v>
       </c>
       <c r="E72" s="6">
         <v>295435</v>
       </c>
       <c r="F72" s="6">
         <v>11</v>
       </c>
       <c r="G72" s="6">
         <v>190452</v>
       </c>
       <c r="H72" s="6">
         <v>18</v>
       </c>
       <c r="I72" s="6">
         <v>64129</v>
       </c>
       <c r="J72" s="6">
         <v>14</v>
       </c>
       <c r="K72" s="6">
         <v>102492</v>
       </c>
       <c r="L72" s="6">
         <v>15</v>
       </c>
       <c r="M72" s="6">
         <v>45167</v>
       </c>
       <c r="N72" s="6">
         <v>14</v>
       </c>
       <c r="O72" s="6">
         <v>1846490</v>
       </c>
       <c r="P72" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E73" s="6">
         <v>0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G73" s="6">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I73" s="6">
         <v>0</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K73" s="6">
         <v>0</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M73" s="6">
         <v>0</v>
       </c>
       <c r="N73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O73" s="6">
         <v>0</v>
       </c>
       <c r="P73" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C74" s="6">
         <v>18711</v>
       </c>
       <c r="D74" s="6">
         <v>12</v>
       </c>
       <c r="E74" s="6">
         <v>25091</v>
       </c>
       <c r="F74" s="6">
         <v>11</v>
       </c>
       <c r="G74" s="6">
         <v>11834</v>
       </c>
       <c r="H74" s="6">
         <v>17</v>
       </c>
       <c r="I74" s="6">
         <v>8123</v>
       </c>
       <c r="J74" s="6">
         <v>18</v>
       </c>
       <c r="K74" s="6">
         <v>18236</v>
       </c>
       <c r="L74" s="6">
         <v>19</v>
       </c>
       <c r="M74" s="6">
         <v>5676</v>
       </c>
       <c r="N74" s="6">
         <v>23</v>
       </c>
       <c r="O74" s="6">
         <v>87670</v>
       </c>
       <c r="P74" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C75" s="6">
         <v>18718</v>
       </c>
       <c r="D75" s="6">
         <v>12</v>
       </c>
       <c r="E75" s="6">
         <v>5368</v>
       </c>
       <c r="F75" s="6">
         <v>19</v>
       </c>
       <c r="G75" s="6">
         <v>3617</v>
       </c>
       <c r="H75" s="6">
         <v>29</v>
       </c>
       <c r="I75" s="6">
         <v>1922</v>
       </c>
       <c r="J75" s="6">
         <v>37</v>
       </c>
       <c r="K75" s="6">
         <v>203</v>
       </c>
       <c r="L75" s="6">
         <v>58</v>
       </c>
       <c r="M75" s="6">
         <v>1214</v>
       </c>
       <c r="N75" s="6">
         <v>45</v>
       </c>
       <c r="O75" s="6">
         <v>31042</v>
       </c>
       <c r="P75" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C76" s="6">
         <v>231</v>
       </c>
       <c r="D76" s="6">
         <v>58</v>
       </c>
       <c r="E76" s="6">
         <v>138</v>
       </c>
       <c r="F76" s="6">
         <v>100</v>
       </c>
       <c r="G76" s="6">
         <v>72</v>
       </c>
       <c r="H76" s="6">
         <v>100</v>
       </c>
       <c r="I76" s="6">
         <v>1741</v>
       </c>
       <c r="J76" s="6">
         <v>36</v>
       </c>
       <c r="K76" s="6">
         <v>3739</v>
       </c>
       <c r="L76" s="6">
         <v>40</v>
       </c>
       <c r="M76" s="6">
         <v>774</v>
       </c>
       <c r="N76" s="6">
         <v>71</v>
       </c>
       <c r="O76" s="6">
         <v>6695</v>
       </c>
       <c r="P76" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C77" s="6">
         <v>513</v>
       </c>
       <c r="D77" s="6">
         <v>65</v>
       </c>
       <c r="E77" s="6">
         <v>351</v>
       </c>
       <c r="F77" s="6">
         <v>60</v>
       </c>
       <c r="G77" s="6">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I77" s="6">
         <v>2375</v>
       </c>
       <c r="J77" s="6">
         <v>28</v>
       </c>
       <c r="K77" s="6">
         <v>2256</v>
       </c>
       <c r="L77" s="6">
         <v>28</v>
       </c>
       <c r="M77" s="6">
         <v>2108</v>
       </c>
       <c r="N77" s="6">
         <v>28</v>
       </c>
       <c r="O77" s="6">
         <v>7604</v>
       </c>
       <c r="P77" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E78" s="6">
         <v>0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G78" s="6">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I78" s="6">
         <v>991</v>
       </c>
       <c r="J78" s="6">
         <v>36</v>
       </c>
       <c r="K78" s="6">
         <v>1677</v>
       </c>
       <c r="L78" s="6">
         <v>37</v>
       </c>
       <c r="M78" s="6">
         <v>64</v>
       </c>
       <c r="N78" s="6">
         <v>100</v>
       </c>
       <c r="O78" s="6">
         <v>2733</v>
       </c>
       <c r="P78" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C79" s="6">
         <v>446</v>
       </c>
       <c r="D79" s="6">
         <v>47</v>
       </c>
       <c r="E79" s="6">
         <v>0</v>
       </c>
       <c r="F79" s="6">
         <v>0</v>
       </c>
       <c r="G79" s="6">
         <v>0</v>
       </c>
       <c r="H79" s="6">
         <v>0</v>
       </c>
       <c r="I79" s="6">
         <v>0</v>
       </c>
       <c r="J79" s="6">
         <v>0</v>
       </c>
       <c r="K79" s="6">
         <v>0</v>
       </c>
       <c r="L79" s="6">
         <v>0</v>
       </c>
       <c r="M79" s="6">
         <v>0</v>
       </c>
       <c r="N79" s="6">
         <v>0</v>
       </c>
       <c r="O79" s="6">
         <v>446</v>
       </c>
       <c r="P79" s="6">
         <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C80" s="6">
         <v>43613</v>
       </c>
       <c r="D80" s="6">
         <v>9</v>
       </c>
       <c r="E80" s="6">
         <v>7872</v>
       </c>
       <c r="F80" s="6">
         <v>16</v>
       </c>
       <c r="G80" s="6">
         <v>7536</v>
       </c>
       <c r="H80" s="6">
         <v>19</v>
       </c>
       <c r="I80" s="6">
         <v>1107</v>
       </c>
       <c r="J80" s="6">
         <v>66</v>
       </c>
       <c r="K80" s="6">
         <v>1180</v>
       </c>
       <c r="L80" s="6">
         <v>40</v>
       </c>
       <c r="M80" s="6">
         <v>4303</v>
       </c>
       <c r="N80" s="6">
         <v>35</v>
       </c>
       <c r="O80" s="6">
         <v>65609</v>
       </c>
       <c r="P80" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C81" s="6">
         <v>14548</v>
       </c>
       <c r="D81" s="6">
         <v>12</v>
       </c>
       <c r="E81" s="6">
         <v>4287</v>
       </c>
       <c r="F81" s="6">
         <v>20</v>
       </c>
       <c r="G81" s="6">
         <v>1792</v>
       </c>
       <c r="H81" s="6">
         <v>25</v>
       </c>
       <c r="I81" s="6">
         <v>1331</v>
       </c>
       <c r="J81" s="6">
         <v>29</v>
       </c>
       <c r="K81" s="6">
         <v>484</v>
       </c>
       <c r="L81" s="6">
         <v>43</v>
       </c>
       <c r="M81" s="6">
         <v>652</v>
       </c>
       <c r="N81" s="6">
         <v>37</v>
       </c>
       <c r="O81" s="6">
         <v>23094</v>
       </c>
       <c r="P81" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C82" s="6">
         <v>5732</v>
       </c>
       <c r="D82" s="6">
         <v>20</v>
       </c>
       <c r="E82" s="6">
         <v>2912</v>
       </c>
       <c r="F82" s="6">
         <v>35</v>
       </c>
       <c r="G82" s="6">
         <v>720</v>
       </c>
       <c r="H82" s="6">
         <v>34</v>
       </c>
       <c r="I82" s="6">
         <v>563</v>
       </c>
       <c r="J82" s="6">
         <v>66</v>
       </c>
       <c r="K82" s="6">
         <v>354</v>
       </c>
       <c r="L82" s="6">
         <v>66</v>
       </c>
       <c r="M82" s="6">
         <v>668</v>
       </c>
       <c r="N82" s="6">
         <v>40</v>
       </c>
       <c r="O82" s="6">
         <v>10950</v>
       </c>
       <c r="P82" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C83" s="6">
         <v>593</v>
       </c>
       <c r="D83" s="6">
         <v>35</v>
       </c>
       <c r="E83" s="6">
         <v>0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G83" s="6">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I83" s="6">
         <v>278</v>
       </c>
       <c r="J83" s="6">
         <v>61</v>
       </c>
       <c r="K83" s="6">
         <v>0</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M83" s="6">
         <v>280</v>
       </c>
       <c r="N83" s="6">
         <v>62</v>
       </c>
       <c r="O83" s="6">
         <v>1151</v>
       </c>
       <c r="P83" s="6">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E84" s="6">
         <v>0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G84" s="6">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I84" s="6">
         <v>0</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K84" s="6">
         <v>0</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M84" s="6">
         <v>676</v>
       </c>
       <c r="N84" s="6">
         <v>36</v>
       </c>
       <c r="O84" s="6">
         <v>676</v>
       </c>
       <c r="P84" s="6">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C85" s="6">
         <v>14559</v>
       </c>
       <c r="D85" s="6">
         <v>10</v>
       </c>
       <c r="E85" s="6">
         <v>10533</v>
       </c>
       <c r="F85" s="6">
         <v>14</v>
       </c>
       <c r="G85" s="6">
         <v>5816</v>
       </c>
       <c r="H85" s="6">
         <v>19</v>
       </c>
       <c r="I85" s="6">
         <v>7300</v>
       </c>
       <c r="J85" s="6">
         <v>27</v>
       </c>
       <c r="K85" s="6">
         <v>3701</v>
       </c>
       <c r="L85" s="6">
         <v>35</v>
       </c>
       <c r="M85" s="6">
         <v>9341</v>
       </c>
       <c r="N85" s="6">
         <v>17</v>
       </c>
       <c r="O85" s="6">
         <v>51251</v>
       </c>
       <c r="P85" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6">
         <v>0</v>
       </c>
       <c r="F86" s="6">
         <v>0</v>
       </c>
       <c r="G86" s="6">
         <v>0</v>
       </c>
       <c r="H86" s="6">
         <v>0</v>
       </c>
       <c r="I86" s="6">
         <v>0</v>
       </c>
       <c r="J86" s="6">
         <v>0</v>
       </c>
       <c r="K86" s="6">
         <v>0</v>
       </c>
       <c r="L86" s="6">
         <v>0</v>
       </c>
       <c r="M86" s="6">
         <v>0</v>
       </c>
       <c r="N86" s="6">
         <v>0</v>
       </c>
       <c r="O86" s="6">
         <v>0</v>
       </c>
       <c r="P86" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C87" s="6">
         <v>117664</v>
       </c>
       <c r="D87" s="6">
         <v>5</v>
       </c>
       <c r="E87" s="6">
         <v>56551</v>
       </c>
       <c r="F87" s="6">
         <v>8</v>
       </c>
       <c r="G87" s="6">
         <v>31387</v>
       </c>
       <c r="H87" s="6">
         <v>11</v>
       </c>
       <c r="I87" s="6">
         <v>25732</v>
       </c>
       <c r="J87" s="6">
         <v>12</v>
       </c>
       <c r="K87" s="6">
         <v>31831</v>
       </c>
       <c r="L87" s="6">
         <v>13</v>
       </c>
       <c r="M87" s="6">
         <v>25757</v>
       </c>
       <c r="N87" s="6">
         <v>11</v>
       </c>
       <c r="O87" s="6">
         <v>288921</v>
       </c>
       <c r="P87" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E88" s="6">
         <v>0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G88" s="6">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I88" s="6">
         <v>0</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K88" s="6">
         <v>0</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M88" s="6">
         <v>0</v>
       </c>
       <c r="N88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O88" s="6">
         <v>0</v>
       </c>
       <c r="P88" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C89" s="6">
         <v>10329</v>
       </c>
       <c r="D89" s="6">
         <v>12</v>
       </c>
       <c r="E89" s="6">
         <v>10842</v>
       </c>
       <c r="F89" s="6">
         <v>12</v>
       </c>
       <c r="G89" s="6">
         <v>6171</v>
       </c>
       <c r="H89" s="6">
         <v>17</v>
       </c>
       <c r="I89" s="6">
         <v>3709</v>
       </c>
       <c r="J89" s="6">
         <v>18</v>
       </c>
       <c r="K89" s="6">
         <v>10892</v>
       </c>
       <c r="L89" s="6">
         <v>15</v>
       </c>
       <c r="M89" s="6">
         <v>3723</v>
       </c>
       <c r="N89" s="6">
         <v>26</v>
       </c>
       <c r="O89" s="6">
         <v>45666</v>
       </c>
       <c r="P89" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C90" s="6">
         <v>9018</v>
       </c>
       <c r="D90" s="6">
         <v>13</v>
       </c>
       <c r="E90" s="6">
         <v>3487</v>
       </c>
       <c r="F90" s="6">
         <v>21</v>
       </c>
       <c r="G90" s="6">
         <v>2316</v>
       </c>
       <c r="H90" s="6">
         <v>29</v>
       </c>
       <c r="I90" s="6">
         <v>996</v>
       </c>
       <c r="J90" s="6">
         <v>39</v>
       </c>
       <c r="K90" s="6">
         <v>143</v>
       </c>
       <c r="L90" s="6">
         <v>71</v>
       </c>
       <c r="M90" s="6">
         <v>714</v>
       </c>
       <c r="N90" s="6">
         <v>45</v>
       </c>
       <c r="O90" s="6">
         <v>16675</v>
       </c>
       <c r="P90" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C91" s="6">
         <v>369</v>
       </c>
       <c r="D91" s="6">
         <v>54</v>
       </c>
       <c r="E91" s="6">
         <v>0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G91" s="6">
         <v>289</v>
       </c>
       <c r="H91" s="6">
         <v>79</v>
       </c>
       <c r="I91" s="6">
         <v>1405</v>
       </c>
       <c r="J91" s="6">
         <v>35</v>
       </c>
       <c r="K91" s="6">
         <v>1806</v>
       </c>
       <c r="L91" s="6">
         <v>32</v>
       </c>
       <c r="M91" s="6">
         <v>709</v>
       </c>
       <c r="N91" s="6">
         <v>73</v>
       </c>
       <c r="O91" s="6">
         <v>4579</v>
       </c>
       <c r="P91" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C92" s="6">
         <v>448</v>
       </c>
       <c r="D92" s="6">
         <v>47</v>
       </c>
       <c r="E92" s="6">
         <v>595</v>
       </c>
       <c r="F92" s="6">
         <v>57</v>
       </c>
       <c r="G92" s="6">
         <v>60</v>
       </c>
       <c r="H92" s="6">
         <v>100</v>
       </c>
       <c r="I92" s="6">
         <v>1772</v>
       </c>
       <c r="J92" s="6">
         <v>22</v>
       </c>
       <c r="K92" s="6">
         <v>1338</v>
       </c>
       <c r="L92" s="6">
         <v>32</v>
       </c>
       <c r="M92" s="6">
         <v>1959</v>
       </c>
       <c r="N92" s="6">
         <v>32</v>
       </c>
       <c r="O92" s="6">
         <v>6172</v>
       </c>
       <c r="P92" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E93" s="6">
         <v>0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G93" s="6">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I93" s="6">
         <v>354</v>
       </c>
       <c r="J93" s="6">
         <v>60</v>
       </c>
       <c r="K93" s="6">
         <v>1477</v>
       </c>
       <c r="L93" s="6">
         <v>30</v>
       </c>
       <c r="M93" s="6">
         <v>0</v>
       </c>
       <c r="N93" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O93" s="6">
         <v>1831</v>
       </c>
       <c r="P93" s="6">
         <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C94" s="6">
         <v>147</v>
       </c>
       <c r="D94" s="6">
         <v>71</v>
       </c>
       <c r="E94" s="6">
         <v>0</v>
       </c>
       <c r="F94" s="6">
         <v>0</v>
       </c>
       <c r="G94" s="6">
         <v>0</v>
       </c>
       <c r="H94" s="6">
         <v>0</v>
       </c>
       <c r="I94" s="6">
         <v>0</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K94" s="6">
         <v>0</v>
       </c>
       <c r="L94" s="6">
         <v>0</v>
       </c>
       <c r="M94" s="6">
         <v>0</v>
       </c>
       <c r="N94" s="6">
         <v>0</v>
       </c>
       <c r="O94" s="6">
         <v>147</v>
       </c>
       <c r="P94" s="6">
         <v>71</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C95" s="6">
         <v>17492</v>
       </c>
       <c r="D95" s="6">
         <v>9</v>
       </c>
       <c r="E95" s="6">
         <v>3840</v>
       </c>
       <c r="F95" s="6">
         <v>19</v>
       </c>
       <c r="G95" s="6">
         <v>2842</v>
       </c>
       <c r="H95" s="6">
         <v>22</v>
       </c>
       <c r="I95" s="6">
         <v>122</v>
       </c>
       <c r="J95" s="6">
         <v>100</v>
       </c>
       <c r="K95" s="6">
         <v>219</v>
       </c>
       <c r="L95" s="6">
         <v>74</v>
       </c>
       <c r="M95" s="6">
         <v>3644</v>
       </c>
       <c r="N95" s="6">
         <v>23</v>
       </c>
       <c r="O95" s="6">
         <v>28160</v>
       </c>
       <c r="P95" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C96" s="6">
         <v>5860</v>
       </c>
       <c r="D96" s="6">
         <v>14</v>
       </c>
       <c r="E96" s="6">
         <v>1983</v>
       </c>
       <c r="F96" s="6">
         <v>30</v>
       </c>
       <c r="G96" s="6">
         <v>1006</v>
       </c>
       <c r="H96" s="6">
         <v>30</v>
       </c>
       <c r="I96" s="6">
         <v>849</v>
       </c>
       <c r="J96" s="6">
         <v>31</v>
       </c>
       <c r="K96" s="6">
         <v>510</v>
       </c>
       <c r="L96" s="6">
         <v>88</v>
       </c>
       <c r="M96" s="6">
         <v>491</v>
       </c>
       <c r="N96" s="6">
         <v>47</v>
       </c>
       <c r="O96" s="6">
         <v>10699</v>
       </c>
       <c r="P96" s="6">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C97" s="6">
         <v>1930</v>
       </c>
       <c r="D97" s="6">
         <v>30</v>
       </c>
       <c r="E97" s="6">
         <v>1355</v>
       </c>
       <c r="F97" s="6">
         <v>48</v>
       </c>
       <c r="G97" s="6">
         <v>279</v>
       </c>
       <c r="H97" s="6">
         <v>50</v>
       </c>
       <c r="I97" s="6">
         <v>424</v>
       </c>
       <c r="J97" s="6">
         <v>47</v>
       </c>
       <c r="K97" s="6">
         <v>138</v>
       </c>
       <c r="L97" s="6">
         <v>100</v>
       </c>
       <c r="M97" s="6">
         <v>442</v>
       </c>
       <c r="N97" s="6">
         <v>41</v>
       </c>
       <c r="O97" s="6">
         <v>4567</v>
       </c>
       <c r="P97" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C98" s="6">
         <v>1868</v>
       </c>
       <c r="D98" s="6">
         <v>45</v>
       </c>
       <c r="E98" s="6">
         <v>71</v>
       </c>
       <c r="F98" s="6">
         <v>100</v>
       </c>
       <c r="G98" s="6">
         <v>0</v>
       </c>
       <c r="H98" s="6">
         <v>0</v>
       </c>
       <c r="I98" s="6">
         <v>628</v>
       </c>
       <c r="J98" s="6">
         <v>46</v>
       </c>
       <c r="K98" s="6">
         <v>0</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M98" s="6">
         <v>136</v>
       </c>
       <c r="N98" s="6">
         <v>71</v>
       </c>
       <c r="O98" s="6">
         <v>2703</v>
       </c>
       <c r="P98" s="6">
         <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E99" s="6">
         <v>0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G99" s="6">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I99" s="6">
         <v>0</v>
       </c>
       <c r="J99" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K99" s="6">
         <v>0</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M99" s="6">
         <v>365</v>
       </c>
       <c r="N99" s="6">
         <v>45</v>
       </c>
       <c r="O99" s="6">
         <v>365</v>
       </c>
       <c r="P99" s="6">
         <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C100" s="6">
         <v>6892</v>
       </c>
       <c r="D100" s="6">
         <v>12</v>
       </c>
       <c r="E100" s="6">
         <v>3666</v>
       </c>
       <c r="F100" s="6">
         <v>20</v>
       </c>
       <c r="G100" s="6">
         <v>2588</v>
       </c>
       <c r="H100" s="6">
         <v>25</v>
       </c>
       <c r="I100" s="6">
         <v>3306</v>
       </c>
       <c r="J100" s="6">
         <v>20</v>
       </c>
       <c r="K100" s="6">
         <v>1879</v>
       </c>
       <c r="L100" s="6">
         <v>44</v>
       </c>
       <c r="M100" s="6">
         <v>5608</v>
       </c>
       <c r="N100" s="6">
         <v>16</v>
       </c>
       <c r="O100" s="6">
         <v>23940</v>
       </c>
       <c r="P100" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
         <v>0</v>
       </c>
       <c r="F101" s="6">
         <v>0</v>
       </c>
       <c r="G101" s="6">
         <v>0</v>
       </c>
       <c r="H101" s="6">
         <v>0</v>
       </c>
       <c r="I101" s="6">
         <v>0</v>
       </c>
       <c r="J101" s="6">
         <v>0</v>
       </c>
       <c r="K101" s="6">
         <v>0</v>
       </c>
       <c r="L101" s="6">
         <v>0</v>
       </c>
       <c r="M101" s="6">
         <v>0</v>
       </c>
       <c r="N101" s="6">
         <v>0</v>
       </c>
       <c r="O101" s="6">
         <v>0</v>
       </c>
       <c r="P101" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C102" s="6">
         <v>54353</v>
       </c>
       <c r="D102" s="6">
         <v>5</v>
       </c>
       <c r="E102" s="6">
         <v>25840</v>
       </c>
       <c r="F102" s="6">
         <v>8</v>
       </c>
       <c r="G102" s="6">
         <v>15552</v>
       </c>
       <c r="H102" s="6">
         <v>11</v>
       </c>
       <c r="I102" s="6">
         <v>13566</v>
       </c>
       <c r="J102" s="6">
         <v>11</v>
       </c>
       <c r="K102" s="6">
         <v>18404</v>
       </c>
       <c r="L102" s="6">
         <v>11</v>
       </c>
       <c r="M102" s="6">
         <v>17791</v>
       </c>
       <c r="N102" s="6">
         <v>10</v>
       </c>
       <c r="O102" s="6">
         <v>145505</v>
       </c>
       <c r="P102" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E103" s="6">
         <v>0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G103" s="6">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I103" s="6">
         <v>0</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K103" s="6">
         <v>0</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M103" s="6">
         <v>0</v>
       </c>
       <c r="N103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O103" s="6">
         <v>0</v>
       </c>
       <c r="P103" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C104" s="6">
         <v>539064</v>
       </c>
       <c r="D104" s="6">
         <v>16</v>
       </c>
       <c r="E104" s="6">
         <v>439556</v>
       </c>
       <c r="F104" s="6">
         <v>11</v>
       </c>
       <c r="G104" s="6">
         <v>178725</v>
       </c>
       <c r="H104" s="6">
         <v>18</v>
       </c>
       <c r="I104" s="6">
         <v>136589</v>
       </c>
       <c r="J104" s="6">
         <v>19</v>
       </c>
       <c r="K104" s="6">
         <v>266497</v>
       </c>
       <c r="L104" s="6">
         <v>17</v>
       </c>
       <c r="M104" s="6">
         <v>26145</v>
       </c>
       <c r="N104" s="6">
         <v>25</v>
       </c>
       <c r="O104" s="6">
         <v>1586575</v>
       </c>
       <c r="P104" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C105" s="6">
         <v>893776</v>
       </c>
       <c r="D105" s="6">
         <v>9</v>
       </c>
       <c r="E105" s="6">
         <v>210907</v>
       </c>
       <c r="F105" s="6">
         <v>15</v>
       </c>
       <c r="G105" s="6">
         <v>187710</v>
       </c>
       <c r="H105" s="6">
         <v>29</v>
       </c>
       <c r="I105" s="6">
         <v>19871</v>
       </c>
       <c r="J105" s="6">
         <v>41</v>
       </c>
       <c r="K105" s="6">
         <v>6685</v>
       </c>
       <c r="L105" s="6">
         <v>50</v>
       </c>
       <c r="M105" s="6">
         <v>15657</v>
       </c>
       <c r="N105" s="6">
         <v>30</v>
       </c>
       <c r="O105" s="6">
         <v>1334606</v>
       </c>
       <c r="P105" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C106" s="6">
         <v>6768</v>
       </c>
       <c r="D106" s="6">
         <v>45</v>
       </c>
       <c r="E106" s="6">
         <v>2494</v>
       </c>
       <c r="F106" s="6">
         <v>62</v>
       </c>
       <c r="G106" s="6">
         <v>1067</v>
       </c>
       <c r="H106" s="6">
         <v>57</v>
       </c>
       <c r="I106" s="6">
         <v>13375</v>
       </c>
       <c r="J106" s="6">
         <v>57</v>
       </c>
       <c r="K106" s="6">
         <v>28223</v>
       </c>
       <c r="L106" s="6">
         <v>33</v>
       </c>
       <c r="M106" s="6">
         <v>2785</v>
       </c>
       <c r="N106" s="6">
         <v>66</v>
       </c>
       <c r="O106" s="6">
         <v>54713</v>
       </c>
       <c r="P106" s="6">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C107" s="6">
         <v>2627</v>
       </c>
       <c r="D107" s="6">
         <v>57</v>
       </c>
       <c r="E107" s="6">
         <v>1134</v>
       </c>
       <c r="F107" s="6">
         <v>50</v>
       </c>
       <c r="G107" s="6">
         <v>60</v>
       </c>
       <c r="H107" s="6">
         <v>100</v>
       </c>
       <c r="I107" s="6">
         <v>70747</v>
       </c>
       <c r="J107" s="6">
         <v>82</v>
       </c>
       <c r="K107" s="6">
         <v>28057</v>
       </c>
       <c r="L107" s="6">
         <v>24</v>
       </c>
       <c r="M107" s="6">
         <v>10202</v>
       </c>
       <c r="N107" s="6">
         <v>27</v>
       </c>
       <c r="O107" s="6">
         <v>112827</v>
       </c>
       <c r="P107" s="6">
         <v>52</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E108" s="6">
         <v>0</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G108" s="6">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I108" s="6">
         <v>12877</v>
       </c>
       <c r="J108" s="6">
         <v>56</v>
       </c>
       <c r="K108" s="6">
         <v>14911</v>
       </c>
       <c r="L108" s="6">
         <v>38</v>
       </c>
       <c r="M108" s="6">
         <v>3529</v>
       </c>
       <c r="N108" s="6">
         <v>77</v>
       </c>
       <c r="O108" s="6">
         <v>31317</v>
       </c>
       <c r="P108" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C109" s="6">
         <v>21076</v>
       </c>
       <c r="D109" s="6">
         <v>36</v>
       </c>
       <c r="E109" s="6">
         <v>0</v>
       </c>
       <c r="F109" s="6">
         <v>0</v>
       </c>
       <c r="G109" s="6">
         <v>1403</v>
       </c>
       <c r="H109" s="6">
         <v>100</v>
       </c>
       <c r="I109" s="6">
         <v>0</v>
       </c>
       <c r="J109" s="6">
         <v>0</v>
       </c>
       <c r="K109" s="6">
         <v>0</v>
       </c>
       <c r="L109" s="6">
         <v>0</v>
       </c>
       <c r="M109" s="6">
         <v>184</v>
       </c>
       <c r="N109" s="6">
         <v>100</v>
       </c>
       <c r="O109" s="6">
         <v>22662</v>
       </c>
       <c r="P109" s="6">
         <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C110" s="6">
         <v>3936456</v>
       </c>
       <c r="D110" s="6">
         <v>8</v>
       </c>
       <c r="E110" s="6">
         <v>688693</v>
       </c>
       <c r="F110" s="6">
         <v>25</v>
       </c>
       <c r="G110" s="6">
         <v>729659</v>
       </c>
       <c r="H110" s="6">
         <v>22</v>
       </c>
       <c r="I110" s="6">
         <v>33946</v>
       </c>
       <c r="J110" s="6">
         <v>43</v>
       </c>
       <c r="K110" s="6">
         <v>102965</v>
       </c>
       <c r="L110" s="6">
         <v>31</v>
       </c>
       <c r="M110" s="6">
         <v>189287</v>
       </c>
       <c r="N110" s="6">
         <v>32</v>
       </c>
       <c r="O110" s="6">
         <v>5681006</v>
       </c>
       <c r="P110" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C111" s="6">
         <v>3787771</v>
       </c>
       <c r="D111" s="6">
         <v>11</v>
       </c>
       <c r="E111" s="6">
         <v>472140</v>
       </c>
       <c r="F111" s="6">
         <v>21</v>
       </c>
       <c r="G111" s="6">
         <v>572404</v>
       </c>
       <c r="H111" s="6">
         <v>20</v>
       </c>
       <c r="I111" s="6">
         <v>34771</v>
       </c>
       <c r="J111" s="6">
         <v>29</v>
       </c>
       <c r="K111" s="6">
         <v>58206</v>
       </c>
       <c r="L111" s="6">
         <v>36</v>
       </c>
       <c r="M111" s="6">
         <v>54795</v>
       </c>
       <c r="N111" s="6">
         <v>23</v>
       </c>
       <c r="O111" s="6">
         <v>4980088</v>
       </c>
       <c r="P111" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C112" s="6">
         <v>2064849</v>
       </c>
       <c r="D112" s="6">
         <v>10</v>
       </c>
       <c r="E112" s="6">
         <v>346177</v>
       </c>
       <c r="F112" s="6">
         <v>18</v>
       </c>
       <c r="G112" s="6">
         <v>474444</v>
       </c>
       <c r="H112" s="6">
         <v>19</v>
       </c>
       <c r="I112" s="6">
         <v>412352</v>
       </c>
       <c r="J112" s="6">
         <v>55</v>
       </c>
       <c r="K112" s="6">
         <v>122876</v>
       </c>
       <c r="L112" s="6">
         <v>40</v>
       </c>
       <c r="M112" s="6">
         <v>531437</v>
       </c>
       <c r="N112" s="6">
         <v>29</v>
       </c>
       <c r="O112" s="6">
         <v>3952135</v>
       </c>
       <c r="P112" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C113" s="6">
         <v>459316</v>
       </c>
       <c r="D113" s="6">
         <v>23</v>
       </c>
       <c r="E113" s="6">
         <v>3872</v>
       </c>
       <c r="F113" s="6">
         <v>58</v>
       </c>
       <c r="G113" s="6">
         <v>8648</v>
       </c>
       <c r="H113" s="6">
         <v>47</v>
       </c>
       <c r="I113" s="6">
         <v>54380</v>
       </c>
       <c r="J113" s="6">
         <v>29</v>
       </c>
       <c r="K113" s="6">
         <v>1688</v>
       </c>
       <c r="L113" s="6">
         <v>53</v>
       </c>
       <c r="M113" s="6">
         <v>53619</v>
       </c>
       <c r="N113" s="6">
         <v>53</v>
       </c>
       <c r="O113" s="6">
         <v>581524</v>
       </c>
       <c r="P113" s="6">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C114" s="6">
         <v>199</v>
       </c>
       <c r="D114" s="6">
         <v>100</v>
       </c>
       <c r="E114" s="6">
         <v>1209</v>
       </c>
       <c r="F114" s="6">
         <v>100</v>
       </c>
       <c r="G114" s="6">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I114" s="6">
         <v>188</v>
       </c>
       <c r="J114" s="6">
         <v>100</v>
       </c>
       <c r="K114" s="6">
         <v>1209</v>
       </c>
       <c r="L114" s="6">
         <v>100</v>
       </c>
       <c r="M114" s="6">
         <v>23201</v>
       </c>
       <c r="N114" s="6">
         <v>28</v>
       </c>
       <c r="O114" s="6">
         <v>26007</v>
       </c>
       <c r="P114" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C115" s="6">
         <v>722200</v>
       </c>
       <c r="D115" s="6">
         <v>11</v>
       </c>
       <c r="E115" s="6">
         <v>469701</v>
       </c>
       <c r="F115" s="6">
         <v>13</v>
       </c>
       <c r="G115" s="6">
         <v>180981</v>
       </c>
       <c r="H115" s="6">
         <v>14</v>
       </c>
       <c r="I115" s="6">
         <v>334549</v>
       </c>
       <c r="J115" s="6">
         <v>31</v>
       </c>
       <c r="K115" s="6">
         <v>239175</v>
       </c>
       <c r="L115" s="6">
         <v>15</v>
       </c>
       <c r="M115" s="6">
         <v>128579</v>
       </c>
       <c r="N115" s="6">
         <v>19</v>
       </c>
       <c r="O115" s="6">
         <v>2075185</v>
       </c>
       <c r="P115" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6">
         <v>0</v>
       </c>
       <c r="F116" s="6">
         <v>0</v>
       </c>
       <c r="G116" s="6">
         <v>0</v>
       </c>
       <c r="H116" s="6">
         <v>0</v>
       </c>
       <c r="I116" s="6">
         <v>0</v>
       </c>
       <c r="J116" s="6">
         <v>0</v>
       </c>
       <c r="K116" s="6">
         <v>0</v>
       </c>
       <c r="L116" s="6">
         <v>0</v>
       </c>
       <c r="M116" s="6">
         <v>0</v>
       </c>
       <c r="N116" s="6">
         <v>0</v>
       </c>
       <c r="O116" s="6">
         <v>0</v>
       </c>
       <c r="P116" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C117" s="6">
         <v>12434103</v>
       </c>
       <c r="D117" s="6">
         <v>6</v>
       </c>
       <c r="E117" s="6">
         <v>2635883</v>
       </c>
       <c r="F117" s="6">
         <v>10</v>
       </c>
       <c r="G117" s="6">
         <v>2335101</v>
       </c>
       <c r="H117" s="6">
         <v>12</v>
       </c>
       <c r="I117" s="6">
         <v>1123644</v>
       </c>
       <c r="J117" s="6">
         <v>25</v>
       </c>
@@ -6013,289 +6016,289 @@
         <v>1039419</v>
       </c>
       <c r="N117" s="6">
         <v>17</v>
       </c>
       <c r="O117" s="6">
         <v>20438644</v>
       </c>
       <c r="P117" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1196522/378271</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre de tiges de la jeune forêt</t>
+            <t xml:space="preserve">Jungwaldstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #406</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">classe de grandeur (jeune forêt; 5 classes)</t>
+            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale de la jeune forêt (comptage)</t>
+            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante, apte au boisement</t>
+            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>