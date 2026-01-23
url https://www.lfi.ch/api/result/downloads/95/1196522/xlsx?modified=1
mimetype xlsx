--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -12,432 +12,429 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Jungwaldstammzahl</t>
+    <t>numero di fusti del bosco giovane</t>
   </si>
   <si>
-    <t>Grössenklasse (Jungwald; 5 Klassen) · Hauptbaumart im Jungwald (Zählung)</t>
+    <t>classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Schutzwaldregion</t>
+    <t>regione dei boschi di protezione</t>
   </si>
   <si>
-    <t>Jura + Mittelland</t>
+    <t>Giura/Altopiano</t>
   </si>
   <si>
-    <t>Nordalpen West</t>
+    <t>Alpi nordoccidentali</t>
   </si>
   <si>
-    <t>Nordalpen Ost</t>
+    <t>Alpi nordorientali</t>
   </si>
   <si>
-    <t>Alpen Südwest</t>
+    <t>Alpi sudoccidentali</t>
   </si>
   <si>
-    <t>Alpen Südost</t>
+    <t>Alpi sudorientali</t>
   </si>
   <si>
-    <t>Alpensüdseite</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Grössenklasse (Jungwald; 5 Klassen)</t>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart im Jungwald (Zählung)</t>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
-    <t>1000 Stk.</t>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>kein Angabe</t>
-[...2 lines deleted...]
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht in allen Inventuren erhobene Arten</t>
+    <t>specie non rilevate in tutti gli inventari</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>Höhe 10-39 cm</t>
+    <t>altezza 10-39 cm</t>
   </si>
   <si>
-    <t>Höhe 40-129 cm</t>
+    <t>altezza 40-129 cm</t>
   </si>
   <si>
-    <t>BHD 0-3.9 cm</t>
+    <t>DPU 0-3.9 cm</t>
   </si>
   <si>
-    <t>BHD 4-7.9 cm</t>
+    <t>DPU 4-7.9 cm</t>
   </si>
   <si>
-    <t>BHD 8-11.9 cm</t>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1196522/378271</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Jungwaldstammzahl</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #406</t>
     </r>
   </si>
   <si>
-    <t>Anzahl der lebenden Nadel- und Laubbäume von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero delgli alberi di conifere e latifoglie da 10 cm di altezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Grösse der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) in fünf Klassen (zwei Höhenklassen, drei BHD-Klassen). Grundlage: Feldaufnahme (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Art der Jungwaldpflanzen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn wichtigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelhölzer», «übrige Laubhölzer» und «nicht in allen Inventuren erhobene Arten». Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1876</t>
     </r>
   </si>
   <si>
-    <t>Bestockbarer Teil des zugänglichen Waldes ohne Gebüschwald (also zugänglicher Wald ohne Gebüschwald ohne Fläche von Waldstrassen, Erholungsanlagen, Bächen, Lawinenzügen usw.).</t>
+    <t>Parte potenzialmente boscabile del bosco accessibile esclusi gli arbusteti (ossia bosco accessibile esclusi gli arbusteti, senza l'area delle strade forestali, delle strutture ricreative, dei torrenti, dei canali valangari, ecc.).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,65 +786,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
@@ -954,5055 +951,5055 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5"/>
       <c r="B18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E19" s="6">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G19" s="6">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I19" s="6">
         <v>0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K19" s="6">
         <v>0</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M19" s="6">
         <v>0</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O19" s="6">
         <v>0</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E20" s="6">
         <v>0</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G20" s="6">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I20" s="6">
         <v>0</v>
       </c>
       <c r="J20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K20" s="6">
         <v>0</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M20" s="6">
         <v>0</v>
       </c>
       <c r="N20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O20" s="6">
         <v>0</v>
       </c>
       <c r="P20" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E22" s="6">
         <v>0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G22" s="6">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I22" s="6">
         <v>0</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K22" s="6">
         <v>0</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M22" s="6">
         <v>0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O22" s="6">
         <v>0</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5"/>
       <c r="B23" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E24" s="6">
         <v>0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G24" s="6">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I24" s="6">
         <v>0</v>
       </c>
       <c r="J24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K24" s="6">
         <v>0</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M24" s="6">
         <v>0</v>
       </c>
       <c r="N24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O24" s="6">
         <v>0</v>
       </c>
       <c r="P24" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E25" s="6">
         <v>0</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G25" s="6">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I25" s="6">
         <v>0</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K25" s="6">
         <v>0</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M25" s="6">
         <v>0</v>
       </c>
       <c r="N25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O25" s="6">
         <v>0</v>
       </c>
       <c r="P25" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E26" s="6">
         <v>0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I26" s="6">
         <v>0</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K26" s="6">
         <v>0</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M26" s="6">
         <v>0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O26" s="6">
         <v>0</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E27" s="6">
         <v>0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I27" s="6">
         <v>0</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K27" s="6">
         <v>0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M27" s="6">
         <v>0</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O27" s="6">
         <v>0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M28" s="6">
         <v>0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="6">
         <v>293276</v>
       </c>
       <c r="D29" s="6">
         <v>20</v>
       </c>
       <c r="E29" s="6">
         <v>208736</v>
       </c>
       <c r="F29" s="6">
         <v>16</v>
       </c>
       <c r="G29" s="6">
         <v>100728</v>
       </c>
       <c r="H29" s="6">
         <v>28</v>
       </c>
       <c r="I29" s="6">
         <v>67543</v>
       </c>
       <c r="J29" s="6">
         <v>25</v>
       </c>
       <c r="K29" s="6">
         <v>82626</v>
       </c>
       <c r="L29" s="6">
         <v>26</v>
       </c>
       <c r="M29" s="6">
         <v>5866</v>
       </c>
       <c r="N29" s="6">
         <v>71</v>
       </c>
       <c r="O29" s="6">
         <v>758775</v>
       </c>
       <c r="P29" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>584464</v>
       </c>
       <c r="D30" s="6">
         <v>10</v>
       </c>
       <c r="E30" s="6">
         <v>142364</v>
       </c>
       <c r="F30" s="6">
         <v>17</v>
       </c>
       <c r="G30" s="6">
         <v>163767</v>
       </c>
       <c r="H30" s="6">
         <v>32</v>
       </c>
       <c r="I30" s="6">
         <v>10115</v>
       </c>
       <c r="J30" s="6">
         <v>74</v>
       </c>
       <c r="K30" s="6">
         <v>5290</v>
       </c>
       <c r="L30" s="6">
         <v>62</v>
       </c>
       <c r="M30" s="6">
         <v>8261</v>
       </c>
       <c r="N30" s="6">
         <v>46</v>
       </c>
       <c r="O30" s="6">
         <v>914261</v>
       </c>
       <c r="P30" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>3035</v>
       </c>
       <c r="D31" s="6">
         <v>71</v>
       </c>
       <c r="E31" s="6">
         <v>1360</v>
       </c>
       <c r="F31" s="6">
         <v>100</v>
       </c>
       <c r="G31" s="6">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I31" s="6">
         <v>1360</v>
       </c>
       <c r="J31" s="6">
         <v>100</v>
       </c>
       <c r="K31" s="6">
         <v>6827</v>
       </c>
       <c r="L31" s="6">
         <v>45</v>
       </c>
       <c r="M31" s="6">
         <v>0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O31" s="6">
         <v>12582</v>
       </c>
       <c r="P31" s="6">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E32" s="6">
         <v>0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I32" s="6">
         <v>47087</v>
       </c>
       <c r="J32" s="6">
         <v>97</v>
       </c>
       <c r="K32" s="6">
         <v>4080</v>
       </c>
       <c r="L32" s="6">
         <v>74</v>
       </c>
       <c r="M32" s="6">
         <v>2664</v>
       </c>
       <c r="N32" s="6">
         <v>71</v>
       </c>
       <c r="O32" s="6">
         <v>53831</v>
       </c>
       <c r="P32" s="6">
         <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5"/>
       <c r="B33" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C33" s="6">
         <v>0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E33" s="6">
         <v>0</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I33" s="6">
         <v>6930</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>4287</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>2547</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>13764</v>
       </c>
       <c r="P33" s="6">
         <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5"/>
       <c r="B34" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C34" s="6">
         <v>17644</v>
       </c>
       <c r="D34" s="6">
         <v>43</v>
       </c>
       <c r="E34" s="6">
         <v>0</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G34" s="6">
         <v>1403</v>
       </c>
       <c r="H34" s="6">
         <v>100</v>
       </c>
       <c r="I34" s="6">
         <v>0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K34" s="6">
         <v>0</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M34" s="6">
         <v>0</v>
       </c>
       <c r="N34" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O34" s="6">
         <v>19047</v>
       </c>
       <c r="P34" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5"/>
       <c r="B35" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C35" s="6">
         <v>1930677</v>
       </c>
       <c r="D35" s="6">
         <v>12</v>
       </c>
       <c r="E35" s="6">
         <v>391865</v>
       </c>
       <c r="F35" s="6">
         <v>38</v>
       </c>
       <c r="G35" s="6">
         <v>463142</v>
       </c>
       <c r="H35" s="6">
         <v>31</v>
       </c>
       <c r="I35" s="6">
         <v>21522</v>
       </c>
       <c r="J35" s="6">
         <v>53</v>
       </c>
       <c r="K35" s="6">
         <v>52075</v>
       </c>
       <c r="L35" s="6">
         <v>39</v>
       </c>
       <c r="M35" s="6">
         <v>140969</v>
       </c>
       <c r="N35" s="6">
         <v>36</v>
       </c>
       <c r="O35" s="6">
         <v>3000249</v>
       </c>
       <c r="P35" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5"/>
       <c r="B36" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C36" s="6">
         <v>3048732</v>
       </c>
       <c r="D36" s="6">
         <v>12</v>
       </c>
       <c r="E36" s="6">
         <v>355012</v>
       </c>
       <c r="F36" s="6">
         <v>24</v>
       </c>
       <c r="G36" s="6">
         <v>476421</v>
       </c>
       <c r="H36" s="6">
         <v>23</v>
       </c>
       <c r="I36" s="6">
         <v>23714</v>
       </c>
       <c r="J36" s="6">
         <v>36</v>
       </c>
       <c r="K36" s="6">
         <v>52701</v>
       </c>
       <c r="L36" s="6">
         <v>38</v>
       </c>
       <c r="M36" s="6">
         <v>45616</v>
       </c>
       <c r="N36" s="6">
         <v>27</v>
       </c>
       <c r="O36" s="6">
         <v>4002196</v>
       </c>
       <c r="P36" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5"/>
       <c r="B37" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C37" s="6">
         <v>1765347</v>
       </c>
       <c r="D37" s="6">
         <v>11</v>
       </c>
       <c r="E37" s="6">
         <v>245518</v>
       </c>
       <c r="F37" s="6">
         <v>22</v>
       </c>
       <c r="G37" s="6">
         <v>421082</v>
       </c>
       <c r="H37" s="6">
         <v>21</v>
       </c>
       <c r="I37" s="6">
         <v>394550</v>
       </c>
       <c r="J37" s="6">
         <v>57</v>
       </c>
       <c r="K37" s="6">
         <v>101714</v>
       </c>
       <c r="L37" s="6">
         <v>42</v>
       </c>
       <c r="M37" s="6">
         <v>469365</v>
       </c>
       <c r="N37" s="6">
         <v>28</v>
       </c>
       <c r="O37" s="6">
         <v>3397576</v>
       </c>
       <c r="P37" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5"/>
       <c r="B38" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C38" s="6">
         <v>429162</v>
       </c>
       <c r="D38" s="6">
         <v>24</v>
       </c>
       <c r="E38" s="6">
         <v>3036</v>
       </c>
       <c r="F38" s="6">
         <v>71</v>
       </c>
       <c r="G38" s="6">
         <v>8648</v>
       </c>
       <c r="H38" s="6">
         <v>47</v>
       </c>
       <c r="I38" s="6">
         <v>44335</v>
       </c>
       <c r="J38" s="6">
         <v>29</v>
       </c>
       <c r="K38" s="6">
         <v>0</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M38" s="6">
         <v>49569</v>
       </c>
       <c r="N38" s="6">
         <v>56</v>
       </c>
       <c r="O38" s="6">
         <v>534750</v>
       </c>
       <c r="P38" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5"/>
       <c r="B39" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E39" s="6">
         <v>1209</v>
       </c>
       <c r="F39" s="6">
         <v>100</v>
       </c>
       <c r="G39" s="6">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I39" s="6">
         <v>0</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K39" s="6">
         <v>1209</v>
       </c>
       <c r="L39" s="6">
         <v>100</v>
       </c>
       <c r="M39" s="6">
         <v>15045</v>
       </c>
       <c r="N39" s="6">
         <v>40</v>
       </c>
       <c r="O39" s="6">
         <v>17463</v>
       </c>
       <c r="P39" s="6">
         <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5"/>
       <c r="B40" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C40" s="6">
         <v>409300</v>
       </c>
       <c r="D40" s="6">
         <v>17</v>
       </c>
       <c r="E40" s="6">
         <v>269995</v>
       </c>
       <c r="F40" s="6">
         <v>15</v>
       </c>
       <c r="G40" s="6">
         <v>107457</v>
       </c>
       <c r="H40" s="6">
         <v>18</v>
       </c>
       <c r="I40" s="6">
         <v>263600</v>
       </c>
       <c r="J40" s="6">
         <v>38</v>
       </c>
       <c r="K40" s="6">
         <v>168971</v>
       </c>
       <c r="L40" s="6">
         <v>17</v>
       </c>
       <c r="M40" s="6">
         <v>65369</v>
       </c>
       <c r="N40" s="6">
         <v>25</v>
       </c>
       <c r="O40" s="6">
         <v>1284692</v>
       </c>
       <c r="P40" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5"/>
       <c r="B41" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E41" s="6">
         <v>0</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G41" s="6">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I41" s="6">
         <v>0</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K41" s="6">
         <v>0</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M41" s="6">
         <v>0</v>
       </c>
       <c r="N41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O41" s="6">
         <v>0</v>
       </c>
       <c r="P41" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5"/>
       <c r="B42" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C42" s="6">
         <v>8481635</v>
       </c>
       <c r="D42" s="6">
         <v>7</v>
       </c>
       <c r="E42" s="6">
         <v>1619095</v>
       </c>
       <c r="F42" s="6">
         <v>14</v>
       </c>
       <c r="G42" s="6">
         <v>1742649</v>
       </c>
       <c r="H42" s="6">
         <v>15</v>
       </c>
       <c r="I42" s="6">
         <v>880756</v>
       </c>
       <c r="J42" s="6">
         <v>30</v>
       </c>
       <c r="K42" s="6">
         <v>479779</v>
       </c>
       <c r="L42" s="6">
         <v>15</v>
       </c>
       <c r="M42" s="6">
         <v>805271</v>
       </c>
       <c r="N42" s="6">
         <v>19</v>
       </c>
       <c r="O42" s="6">
         <v>14009186</v>
       </c>
       <c r="P42" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" s="5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C43" s="6">
         <v>0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E43" s="6">
         <v>0</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G43" s="6">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I43" s="6">
         <v>0</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K43" s="6">
         <v>0</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M43" s="6">
         <v>0</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O43" s="6">
         <v>0</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" s="5"/>
       <c r="B44" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C44" s="6">
         <v>174292</v>
       </c>
       <c r="D44" s="6">
         <v>25</v>
       </c>
       <c r="E44" s="6">
         <v>139525</v>
       </c>
       <c r="F44" s="6">
         <v>15</v>
       </c>
       <c r="G44" s="6">
         <v>41516</v>
       </c>
       <c r="H44" s="6">
         <v>19</v>
       </c>
       <c r="I44" s="6">
         <v>40288</v>
       </c>
       <c r="J44" s="6">
         <v>29</v>
       </c>
       <c r="K44" s="6">
         <v>112416</v>
       </c>
       <c r="L44" s="6">
         <v>22</v>
       </c>
       <c r="M44" s="6">
         <v>5623</v>
       </c>
       <c r="N44" s="6">
         <v>35</v>
       </c>
       <c r="O44" s="6">
         <v>513659</v>
       </c>
       <c r="P44" s="6">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" s="5"/>
       <c r="B45" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C45" s="6">
         <v>204736</v>
       </c>
       <c r="D45" s="6">
         <v>15</v>
       </c>
       <c r="E45" s="6">
         <v>47985</v>
       </c>
       <c r="F45" s="6">
         <v>26</v>
       </c>
       <c r="G45" s="6">
         <v>10879</v>
       </c>
       <c r="H45" s="6">
         <v>26</v>
       </c>
       <c r="I45" s="6">
         <v>3015</v>
       </c>
       <c r="J45" s="6">
         <v>53</v>
       </c>
       <c r="K45" s="6">
         <v>499</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>2429</v>
       </c>
       <c r="N45" s="6">
         <v>60</v>
       </c>
       <c r="O45" s="6">
         <v>269542</v>
       </c>
       <c r="P45" s="6">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" s="5"/>
       <c r="B46" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C46" s="6">
         <v>2418</v>
       </c>
       <c r="D46" s="6">
         <v>52</v>
       </c>
       <c r="E46" s="6">
         <v>996</v>
       </c>
       <c r="F46" s="6">
         <v>71</v>
       </c>
       <c r="G46" s="6">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I46" s="6">
         <v>6384</v>
       </c>
       <c r="J46" s="6">
         <v>86</v>
       </c>
       <c r="K46" s="6">
         <v>9456</v>
       </c>
       <c r="L46" s="6">
         <v>63</v>
       </c>
       <c r="M46" s="6">
         <v>458</v>
       </c>
       <c r="N46" s="6">
         <v>100</v>
       </c>
       <c r="O46" s="6">
         <v>19712</v>
       </c>
       <c r="P46" s="6">
         <v>42</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" s="5"/>
       <c r="B47" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C47" s="6">
         <v>553</v>
       </c>
       <c r="D47" s="6">
         <v>100</v>
       </c>
       <c r="E47" s="6">
         <v>0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G47" s="6">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I47" s="6">
         <v>14281</v>
       </c>
       <c r="J47" s="6">
         <v>87</v>
       </c>
       <c r="K47" s="6">
         <v>12618</v>
       </c>
       <c r="L47" s="6">
         <v>36</v>
       </c>
       <c r="M47" s="6">
         <v>917</v>
       </c>
       <c r="N47" s="6">
         <v>70</v>
       </c>
       <c r="O47" s="6">
         <v>28370</v>
       </c>
       <c r="P47" s="6">
         <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" s="5"/>
       <c r="B48" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C48" s="6">
         <v>0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E48" s="6">
         <v>0</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G48" s="6">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I48" s="6">
         <v>3521</v>
       </c>
       <c r="J48" s="6">
         <v>52</v>
       </c>
       <c r="K48" s="6">
         <v>4955</v>
       </c>
       <c r="L48" s="6">
         <v>40</v>
       </c>
       <c r="M48" s="6">
         <v>917</v>
       </c>
       <c r="N48" s="6">
         <v>100</v>
       </c>
       <c r="O48" s="6">
         <v>9393</v>
       </c>
       <c r="P48" s="6">
         <v>30</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="5"/>
       <c r="B49" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C49" s="6">
         <v>1410</v>
       </c>
       <c r="D49" s="6">
         <v>58</v>
       </c>
       <c r="E49" s="6">
         <v>0</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G49" s="6">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I49" s="6">
         <v>0</v>
       </c>
       <c r="J49" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K49" s="6">
         <v>0</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M49" s="6">
         <v>0</v>
       </c>
       <c r="N49" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O49" s="6">
         <v>1410</v>
       </c>
       <c r="P49" s="6">
         <v>58</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="5"/>
       <c r="B50" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C50" s="6">
         <v>1225341</v>
       </c>
       <c r="D50" s="6">
         <v>10</v>
       </c>
       <c r="E50" s="6">
         <v>178016</v>
       </c>
       <c r="F50" s="6">
         <v>23</v>
       </c>
       <c r="G50" s="6">
         <v>152435</v>
       </c>
       <c r="H50" s="6">
         <v>24</v>
       </c>
       <c r="I50" s="6">
         <v>7403</v>
       </c>
       <c r="J50" s="6">
         <v>49</v>
       </c>
       <c r="K50" s="6">
         <v>26405</v>
       </c>
       <c r="L50" s="6">
         <v>44</v>
       </c>
       <c r="M50" s="6">
         <v>28644</v>
       </c>
       <c r="N50" s="6">
         <v>60</v>
       </c>
       <c r="O50" s="6">
         <v>1618245</v>
       </c>
       <c r="P50" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" s="5"/>
       <c r="B51" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C51" s="6">
         <v>543973</v>
       </c>
       <c r="D51" s="6">
         <v>16</v>
       </c>
       <c r="E51" s="6">
         <v>78685</v>
       </c>
       <c r="F51" s="6">
         <v>30</v>
       </c>
       <c r="G51" s="6">
         <v>65283</v>
       </c>
       <c r="H51" s="6">
         <v>31</v>
       </c>
       <c r="I51" s="6">
         <v>4974</v>
       </c>
       <c r="J51" s="6">
         <v>49</v>
       </c>
       <c r="K51" s="6">
         <v>2525</v>
       </c>
       <c r="L51" s="6">
         <v>60</v>
       </c>
       <c r="M51" s="6">
         <v>6401</v>
       </c>
       <c r="N51" s="6">
         <v>33</v>
       </c>
       <c r="O51" s="6">
         <v>701840</v>
       </c>
       <c r="P51" s="6">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="5"/>
       <c r="B52" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C52" s="6">
         <v>258930</v>
       </c>
       <c r="D52" s="6">
         <v>12</v>
       </c>
       <c r="E52" s="6">
         <v>71174</v>
       </c>
       <c r="F52" s="6">
         <v>27</v>
       </c>
       <c r="G52" s="6">
         <v>45310</v>
       </c>
       <c r="H52" s="6">
         <v>25</v>
       </c>
       <c r="I52" s="6">
         <v>13012</v>
       </c>
       <c r="J52" s="6">
         <v>35</v>
       </c>
       <c r="K52" s="6">
         <v>16697</v>
       </c>
       <c r="L52" s="6">
         <v>48</v>
       </c>
       <c r="M52" s="6">
         <v>58371</v>
       </c>
       <c r="N52" s="6">
         <v>45</v>
       </c>
       <c r="O52" s="6">
         <v>463496</v>
       </c>
       <c r="P52" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" s="5"/>
       <c r="B53" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C53" s="6">
         <v>20557</v>
       </c>
       <c r="D53" s="6">
         <v>62</v>
       </c>
       <c r="E53" s="6">
         <v>588</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I53" s="6">
         <v>7024</v>
       </c>
       <c r="J53" s="6">
         <v>39</v>
       </c>
       <c r="K53" s="6">
         <v>1512</v>
       </c>
       <c r="L53" s="6">
         <v>58</v>
       </c>
       <c r="M53" s="6">
         <v>3469</v>
       </c>
       <c r="N53" s="6">
         <v>59</v>
       </c>
       <c r="O53" s="6">
         <v>33150</v>
       </c>
       <c r="P53" s="6">
         <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" s="5"/>
       <c r="B54" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C54" s="6">
         <v>0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E54" s="6">
         <v>0</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G54" s="6">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I54" s="6">
         <v>0</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K54" s="6">
         <v>0</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M54" s="6">
         <v>3626</v>
       </c>
       <c r="N54" s="6">
         <v>43</v>
       </c>
       <c r="O54" s="6">
         <v>3626</v>
       </c>
       <c r="P54" s="6">
         <v>43</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" s="5"/>
       <c r="B55" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C55" s="6">
         <v>199424</v>
       </c>
       <c r="D55" s="6">
         <v>11</v>
       </c>
       <c r="E55" s="6">
         <v>121993</v>
       </c>
       <c r="F55" s="6">
         <v>20</v>
       </c>
       <c r="G55" s="6">
         <v>39638</v>
       </c>
       <c r="H55" s="6">
         <v>17</v>
       </c>
       <c r="I55" s="6">
         <v>39560</v>
       </c>
       <c r="J55" s="6">
         <v>24</v>
       </c>
       <c r="K55" s="6">
         <v>50905</v>
       </c>
       <c r="L55" s="6">
         <v>28</v>
       </c>
       <c r="M55" s="6">
         <v>34579</v>
       </c>
       <c r="N55" s="6">
         <v>31</v>
       </c>
       <c r="O55" s="6">
         <v>486099</v>
       </c>
       <c r="P55" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" s="5"/>
       <c r="B56" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E56" s="6">
         <v>0</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G56" s="6">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I56" s="6">
         <v>0</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K56" s="6">
         <v>0</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M56" s="6">
         <v>0</v>
       </c>
       <c r="N56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O56" s="6">
         <v>0</v>
       </c>
       <c r="P56" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" s="5"/>
       <c r="B57" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C57" s="6">
         <v>2631636</v>
       </c>
       <c r="D57" s="6">
         <v>7</v>
       </c>
       <c r="E57" s="6">
         <v>638962</v>
       </c>
       <c r="F57" s="6">
         <v>11</v>
       </c>
       <c r="G57" s="6">
         <v>355061</v>
       </c>
       <c r="H57" s="6">
         <v>14</v>
       </c>
       <c r="I57" s="6">
         <v>139462</v>
       </c>
       <c r="J57" s="6">
         <v>18</v>
       </c>
       <c r="K57" s="6">
         <v>237988</v>
       </c>
       <c r="L57" s="6">
         <v>16</v>
       </c>
       <c r="M57" s="6">
         <v>145433</v>
       </c>
       <c r="N57" s="6">
         <v>23</v>
       </c>
       <c r="O57" s="6">
         <v>4148541</v>
       </c>
       <c r="P57" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C58" s="6">
         <v>0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E58" s="6">
         <v>0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G58" s="6">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I58" s="6">
         <v>0</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K58" s="6">
         <v>0</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M58" s="6">
         <v>0</v>
       </c>
       <c r="N58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O58" s="6">
         <v>0</v>
       </c>
       <c r="P58" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" s="5"/>
       <c r="B59" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C59" s="6">
         <v>42456</v>
       </c>
       <c r="D59" s="6">
         <v>13</v>
       </c>
       <c r="E59" s="6">
         <v>55362</v>
       </c>
       <c r="F59" s="6">
         <v>12</v>
       </c>
       <c r="G59" s="6">
         <v>18476</v>
       </c>
       <c r="H59" s="6">
         <v>19</v>
       </c>
       <c r="I59" s="6">
         <v>16926</v>
       </c>
       <c r="J59" s="6">
         <v>24</v>
       </c>
       <c r="K59" s="6">
         <v>42327</v>
       </c>
       <c r="L59" s="6">
         <v>21</v>
       </c>
       <c r="M59" s="6">
         <v>5258</v>
       </c>
       <c r="N59" s="6">
         <v>34</v>
       </c>
       <c r="O59" s="6">
         <v>180805</v>
       </c>
       <c r="P59" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" s="5"/>
       <c r="B60" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C60" s="6">
         <v>76840</v>
       </c>
       <c r="D60" s="6">
         <v>18</v>
       </c>
       <c r="E60" s="6">
         <v>11704</v>
       </c>
       <c r="F60" s="6">
         <v>31</v>
       </c>
       <c r="G60" s="6">
         <v>7129</v>
       </c>
       <c r="H60" s="6">
         <v>31</v>
       </c>
       <c r="I60" s="6">
         <v>3822</v>
       </c>
       <c r="J60" s="6">
         <v>39</v>
       </c>
       <c r="K60" s="6">
         <v>550</v>
       </c>
       <c r="L60" s="6">
         <v>75</v>
       </c>
       <c r="M60" s="6">
         <v>3039</v>
       </c>
       <c r="N60" s="6">
         <v>32</v>
       </c>
       <c r="O60" s="6">
         <v>103085</v>
       </c>
       <c r="P60" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="5"/>
       <c r="B61" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C61" s="6">
         <v>715</v>
       </c>
       <c r="D61" s="6">
         <v>50</v>
       </c>
       <c r="E61" s="6">
         <v>0</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G61" s="6">
         <v>705</v>
       </c>
       <c r="H61" s="6">
         <v>79</v>
       </c>
       <c r="I61" s="6">
         <v>2485</v>
       </c>
       <c r="J61" s="6">
         <v>48</v>
       </c>
       <c r="K61" s="6">
         <v>6396</v>
       </c>
       <c r="L61" s="6">
         <v>36</v>
       </c>
       <c r="M61" s="6">
         <v>844</v>
       </c>
       <c r="N61" s="6">
         <v>81</v>
       </c>
       <c r="O61" s="6">
         <v>11145</v>
       </c>
       <c r="P61" s="6">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" s="5"/>
       <c r="B62" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C62" s="6">
         <v>1113</v>
       </c>
       <c r="D62" s="6">
         <v>53</v>
       </c>
       <c r="E62" s="6">
         <v>187</v>
       </c>
       <c r="F62" s="6">
         <v>100</v>
       </c>
       <c r="G62" s="6">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I62" s="6">
         <v>5232</v>
       </c>
       <c r="J62" s="6">
         <v>40</v>
       </c>
       <c r="K62" s="6">
         <v>7764</v>
       </c>
       <c r="L62" s="6">
         <v>28</v>
       </c>
       <c r="M62" s="6">
         <v>2554</v>
       </c>
       <c r="N62" s="6">
         <v>49</v>
       </c>
       <c r="O62" s="6">
         <v>16850</v>
       </c>
       <c r="P62" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" s="5"/>
       <c r="B63" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E63" s="6">
         <v>0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G63" s="6">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I63" s="6">
         <v>1081</v>
       </c>
       <c r="J63" s="6">
         <v>47</v>
       </c>
       <c r="K63" s="6">
         <v>2515</v>
       </c>
       <c r="L63" s="6">
         <v>30</v>
       </c>
       <c r="M63" s="6">
         <v>0</v>
       </c>
       <c r="N63" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O63" s="6">
         <v>3595</v>
       </c>
       <c r="P63" s="6">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="5"/>
       <c r="B64" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C64" s="6">
         <v>1428</v>
       </c>
       <c r="D64" s="6">
         <v>46</v>
       </c>
       <c r="E64" s="6">
         <v>0</v>
       </c>
       <c r="F64" s="6">
         <v>0</v>
       </c>
       <c r="G64" s="6">
         <v>0</v>
       </c>
       <c r="H64" s="6">
         <v>0</v>
       </c>
       <c r="I64" s="6">
         <v>0</v>
       </c>
       <c r="J64" s="6">
         <v>0</v>
       </c>
       <c r="K64" s="6">
         <v>0</v>
       </c>
       <c r="L64" s="6">
         <v>0</v>
       </c>
       <c r="M64" s="6">
         <v>184</v>
       </c>
       <c r="N64" s="6">
         <v>100</v>
       </c>
       <c r="O64" s="6">
         <v>1612</v>
       </c>
       <c r="P64" s="6">
         <v>42</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="5"/>
       <c r="B65" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C65" s="6">
         <v>719333</v>
       </c>
       <c r="D65" s="6">
         <v>9</v>
       </c>
       <c r="E65" s="6">
         <v>107101</v>
       </c>
       <c r="F65" s="6">
         <v>23</v>
       </c>
       <c r="G65" s="6">
         <v>103705</v>
       </c>
       <c r="H65" s="6">
         <v>30</v>
       </c>
       <c r="I65" s="6">
         <v>3791</v>
       </c>
       <c r="J65" s="6">
         <v>55</v>
       </c>
       <c r="K65" s="6">
         <v>23086</v>
       </c>
       <c r="L65" s="6">
         <v>47</v>
       </c>
       <c r="M65" s="6">
         <v>11727</v>
       </c>
       <c r="N65" s="6">
         <v>39</v>
       </c>
       <c r="O65" s="6">
         <v>968743</v>
       </c>
       <c r="P65" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" s="5"/>
       <c r="B66" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C66" s="6">
         <v>174659</v>
       </c>
       <c r="D66" s="6">
         <v>13</v>
       </c>
       <c r="E66" s="6">
         <v>32173</v>
       </c>
       <c r="F66" s="6">
         <v>17</v>
       </c>
       <c r="G66" s="6">
         <v>27903</v>
       </c>
       <c r="H66" s="6">
         <v>29</v>
       </c>
       <c r="I66" s="6">
         <v>3902</v>
       </c>
       <c r="J66" s="6">
         <v>39</v>
       </c>
       <c r="K66" s="6">
         <v>1986</v>
       </c>
       <c r="L66" s="6">
         <v>62</v>
       </c>
       <c r="M66" s="6">
         <v>1635</v>
       </c>
       <c r="N66" s="6">
         <v>48</v>
       </c>
       <c r="O66" s="6">
         <v>242259</v>
       </c>
       <c r="P66" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" s="5"/>
       <c r="B67" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C67" s="6">
         <v>32911</v>
       </c>
       <c r="D67" s="6">
         <v>16</v>
       </c>
       <c r="E67" s="6">
         <v>25217</v>
       </c>
       <c r="F67" s="6">
         <v>46</v>
       </c>
       <c r="G67" s="6">
         <v>7053</v>
       </c>
       <c r="H67" s="6">
         <v>33</v>
       </c>
       <c r="I67" s="6">
         <v>3803</v>
       </c>
       <c r="J67" s="6">
         <v>43</v>
       </c>
       <c r="K67" s="6">
         <v>3974</v>
       </c>
       <c r="L67" s="6">
         <v>50</v>
       </c>
       <c r="M67" s="6">
         <v>2590</v>
       </c>
       <c r="N67" s="6">
         <v>34</v>
       </c>
       <c r="O67" s="6">
         <v>75547</v>
       </c>
       <c r="P67" s="6">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" s="5"/>
       <c r="B68" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C68" s="6">
         <v>7136</v>
       </c>
       <c r="D68" s="6">
         <v>43</v>
       </c>
       <c r="E68" s="6">
         <v>177</v>
       </c>
       <c r="F68" s="6">
         <v>100</v>
       </c>
       <c r="G68" s="6">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I68" s="6">
         <v>2115</v>
       </c>
       <c r="J68" s="6">
         <v>70</v>
       </c>
       <c r="K68" s="6">
         <v>176</v>
       </c>
       <c r="L68" s="6">
         <v>100</v>
       </c>
       <c r="M68" s="6">
         <v>165</v>
       </c>
       <c r="N68" s="6">
         <v>100</v>
       </c>
       <c r="O68" s="6">
         <v>9770</v>
       </c>
       <c r="P68" s="6">
         <v>35</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" s="5"/>
       <c r="B69" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C69" s="6">
         <v>199</v>
       </c>
       <c r="D69" s="6">
         <v>100</v>
       </c>
       <c r="E69" s="6">
         <v>0</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G69" s="6">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I69" s="6">
         <v>188</v>
       </c>
       <c r="J69" s="6">
         <v>100</v>
       </c>
       <c r="K69" s="6">
         <v>0</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M69" s="6">
         <v>3489</v>
       </c>
       <c r="N69" s="6">
         <v>29</v>
       </c>
       <c r="O69" s="6">
         <v>3876</v>
       </c>
       <c r="P69" s="6">
         <v>27</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" s="5"/>
       <c r="B70" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C70" s="6">
         <v>92024</v>
       </c>
       <c r="D70" s="6">
         <v>13</v>
       </c>
       <c r="E70" s="6">
         <v>63514</v>
       </c>
       <c r="F70" s="6">
         <v>13</v>
       </c>
       <c r="G70" s="6">
         <v>25481</v>
       </c>
       <c r="H70" s="6">
         <v>18</v>
       </c>
       <c r="I70" s="6">
         <v>20783</v>
       </c>
       <c r="J70" s="6">
         <v>22</v>
       </c>
       <c r="K70" s="6">
         <v>13719</v>
       </c>
       <c r="L70" s="6">
         <v>26</v>
       </c>
       <c r="M70" s="6">
         <v>13682</v>
       </c>
       <c r="N70" s="6">
         <v>20</v>
       </c>
       <c r="O70" s="6">
         <v>229202</v>
       </c>
       <c r="P70" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" s="5"/>
       <c r="B71" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C71" s="6">
         <v>0</v>
       </c>
       <c r="D71" s="6">
         <v>0</v>
       </c>
       <c r="E71" s="6">
         <v>0</v>
       </c>
       <c r="F71" s="6">
         <v>0</v>
       </c>
       <c r="G71" s="6">
         <v>0</v>
       </c>
       <c r="H71" s="6">
         <v>0</v>
       </c>
       <c r="I71" s="6">
         <v>0</v>
       </c>
       <c r="J71" s="6">
         <v>0</v>
       </c>
       <c r="K71" s="6">
         <v>0</v>
       </c>
       <c r="L71" s="6">
         <v>0</v>
       </c>
       <c r="M71" s="6">
         <v>0</v>
       </c>
       <c r="N71" s="6">
         <v>0</v>
       </c>
       <c r="O71" s="6">
         <v>0</v>
       </c>
       <c r="P71" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" s="5"/>
       <c r="B72" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C72" s="6">
         <v>1148815</v>
       </c>
       <c r="D72" s="6">
         <v>6</v>
       </c>
       <c r="E72" s="6">
         <v>295435</v>
       </c>
       <c r="F72" s="6">
         <v>11</v>
       </c>
       <c r="G72" s="6">
         <v>190452</v>
       </c>
       <c r="H72" s="6">
         <v>18</v>
       </c>
       <c r="I72" s="6">
         <v>64129</v>
       </c>
       <c r="J72" s="6">
         <v>14</v>
       </c>
       <c r="K72" s="6">
         <v>102492</v>
       </c>
       <c r="L72" s="6">
         <v>15</v>
       </c>
       <c r="M72" s="6">
         <v>45167</v>
       </c>
       <c r="N72" s="6">
         <v>14</v>
       </c>
       <c r="O72" s="6">
         <v>1846490</v>
       </c>
       <c r="P72" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" s="5" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E73" s="6">
         <v>0</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G73" s="6">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I73" s="6">
         <v>0</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K73" s="6">
         <v>0</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M73" s="6">
         <v>0</v>
       </c>
       <c r="N73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O73" s="6">
         <v>0</v>
       </c>
       <c r="P73" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" s="5"/>
       <c r="B74" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C74" s="6">
         <v>18711</v>
       </c>
       <c r="D74" s="6">
         <v>12</v>
       </c>
       <c r="E74" s="6">
         <v>25091</v>
       </c>
       <c r="F74" s="6">
         <v>11</v>
       </c>
       <c r="G74" s="6">
         <v>11834</v>
       </c>
       <c r="H74" s="6">
         <v>17</v>
       </c>
       <c r="I74" s="6">
         <v>8123</v>
       </c>
       <c r="J74" s="6">
         <v>18</v>
       </c>
       <c r="K74" s="6">
         <v>18236</v>
       </c>
       <c r="L74" s="6">
         <v>19</v>
       </c>
       <c r="M74" s="6">
         <v>5676</v>
       </c>
       <c r="N74" s="6">
         <v>23</v>
       </c>
       <c r="O74" s="6">
         <v>87670</v>
       </c>
       <c r="P74" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" s="5"/>
       <c r="B75" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C75" s="6">
         <v>18718</v>
       </c>
       <c r="D75" s="6">
         <v>12</v>
       </c>
       <c r="E75" s="6">
         <v>5368</v>
       </c>
       <c r="F75" s="6">
         <v>19</v>
       </c>
       <c r="G75" s="6">
         <v>3617</v>
       </c>
       <c r="H75" s="6">
         <v>29</v>
       </c>
       <c r="I75" s="6">
         <v>1922</v>
       </c>
       <c r="J75" s="6">
         <v>37</v>
       </c>
       <c r="K75" s="6">
         <v>203</v>
       </c>
       <c r="L75" s="6">
         <v>58</v>
       </c>
       <c r="M75" s="6">
         <v>1214</v>
       </c>
       <c r="N75" s="6">
         <v>45</v>
       </c>
       <c r="O75" s="6">
         <v>31042</v>
       </c>
       <c r="P75" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" s="5"/>
       <c r="B76" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C76" s="6">
         <v>231</v>
       </c>
       <c r="D76" s="6">
         <v>58</v>
       </c>
       <c r="E76" s="6">
         <v>138</v>
       </c>
       <c r="F76" s="6">
         <v>100</v>
       </c>
       <c r="G76" s="6">
         <v>72</v>
       </c>
       <c r="H76" s="6">
         <v>100</v>
       </c>
       <c r="I76" s="6">
         <v>1741</v>
       </c>
       <c r="J76" s="6">
         <v>36</v>
       </c>
       <c r="K76" s="6">
         <v>3739</v>
       </c>
       <c r="L76" s="6">
         <v>40</v>
       </c>
       <c r="M76" s="6">
         <v>774</v>
       </c>
       <c r="N76" s="6">
         <v>71</v>
       </c>
       <c r="O76" s="6">
         <v>6695</v>
       </c>
       <c r="P76" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" s="5"/>
       <c r="B77" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C77" s="6">
         <v>513</v>
       </c>
       <c r="D77" s="6">
         <v>65</v>
       </c>
       <c r="E77" s="6">
         <v>351</v>
       </c>
       <c r="F77" s="6">
         <v>60</v>
       </c>
       <c r="G77" s="6">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I77" s="6">
         <v>2375</v>
       </c>
       <c r="J77" s="6">
         <v>28</v>
       </c>
       <c r="K77" s="6">
         <v>2256</v>
       </c>
       <c r="L77" s="6">
         <v>28</v>
       </c>
       <c r="M77" s="6">
         <v>2108</v>
       </c>
       <c r="N77" s="6">
         <v>28</v>
       </c>
       <c r="O77" s="6">
         <v>7604</v>
       </c>
       <c r="P77" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" s="5"/>
       <c r="B78" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E78" s="6">
         <v>0</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G78" s="6">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I78" s="6">
         <v>991</v>
       </c>
       <c r="J78" s="6">
         <v>36</v>
       </c>
       <c r="K78" s="6">
         <v>1677</v>
       </c>
       <c r="L78" s="6">
         <v>37</v>
       </c>
       <c r="M78" s="6">
         <v>64</v>
       </c>
       <c r="N78" s="6">
         <v>100</v>
       </c>
       <c r="O78" s="6">
         <v>2733</v>
       </c>
       <c r="P78" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" s="5"/>
       <c r="B79" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C79" s="6">
         <v>446</v>
       </c>
       <c r="D79" s="6">
         <v>47</v>
       </c>
       <c r="E79" s="6">
         <v>0</v>
       </c>
       <c r="F79" s="6">
         <v>0</v>
       </c>
       <c r="G79" s="6">
         <v>0</v>
       </c>
       <c r="H79" s="6">
         <v>0</v>
       </c>
       <c r="I79" s="6">
         <v>0</v>
       </c>
       <c r="J79" s="6">
         <v>0</v>
       </c>
       <c r="K79" s="6">
         <v>0</v>
       </c>
       <c r="L79" s="6">
         <v>0</v>
       </c>
       <c r="M79" s="6">
         <v>0</v>
       </c>
       <c r="N79" s="6">
         <v>0</v>
       </c>
       <c r="O79" s="6">
         <v>446</v>
       </c>
       <c r="P79" s="6">
         <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" s="5"/>
       <c r="B80" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C80" s="6">
         <v>43613</v>
       </c>
       <c r="D80" s="6">
         <v>9</v>
       </c>
       <c r="E80" s="6">
         <v>7872</v>
       </c>
       <c r="F80" s="6">
         <v>16</v>
       </c>
       <c r="G80" s="6">
         <v>7536</v>
       </c>
       <c r="H80" s="6">
         <v>19</v>
       </c>
       <c r="I80" s="6">
         <v>1107</v>
       </c>
       <c r="J80" s="6">
         <v>66</v>
       </c>
       <c r="K80" s="6">
         <v>1180</v>
       </c>
       <c r="L80" s="6">
         <v>40</v>
       </c>
       <c r="M80" s="6">
         <v>4303</v>
       </c>
       <c r="N80" s="6">
         <v>35</v>
       </c>
       <c r="O80" s="6">
         <v>65609</v>
       </c>
       <c r="P80" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" s="5"/>
       <c r="B81" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C81" s="6">
         <v>14548</v>
       </c>
       <c r="D81" s="6">
         <v>12</v>
       </c>
       <c r="E81" s="6">
         <v>4287</v>
       </c>
       <c r="F81" s="6">
         <v>20</v>
       </c>
       <c r="G81" s="6">
         <v>1792</v>
       </c>
       <c r="H81" s="6">
         <v>25</v>
       </c>
       <c r="I81" s="6">
         <v>1331</v>
       </c>
       <c r="J81" s="6">
         <v>29</v>
       </c>
       <c r="K81" s="6">
         <v>484</v>
       </c>
       <c r="L81" s="6">
         <v>43</v>
       </c>
       <c r="M81" s="6">
         <v>652</v>
       </c>
       <c r="N81" s="6">
         <v>37</v>
       </c>
       <c r="O81" s="6">
         <v>23094</v>
       </c>
       <c r="P81" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" s="5"/>
       <c r="B82" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C82" s="6">
         <v>5732</v>
       </c>
       <c r="D82" s="6">
         <v>20</v>
       </c>
       <c r="E82" s="6">
         <v>2912</v>
       </c>
       <c r="F82" s="6">
         <v>35</v>
       </c>
       <c r="G82" s="6">
         <v>720</v>
       </c>
       <c r="H82" s="6">
         <v>34</v>
       </c>
       <c r="I82" s="6">
         <v>563</v>
       </c>
       <c r="J82" s="6">
         <v>66</v>
       </c>
       <c r="K82" s="6">
         <v>354</v>
       </c>
       <c r="L82" s="6">
         <v>66</v>
       </c>
       <c r="M82" s="6">
         <v>668</v>
       </c>
       <c r="N82" s="6">
         <v>40</v>
       </c>
       <c r="O82" s="6">
         <v>10950</v>
       </c>
       <c r="P82" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" s="5"/>
       <c r="B83" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C83" s="6">
         <v>593</v>
       </c>
       <c r="D83" s="6">
         <v>35</v>
       </c>
       <c r="E83" s="6">
         <v>0</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G83" s="6">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I83" s="6">
         <v>278</v>
       </c>
       <c r="J83" s="6">
         <v>61</v>
       </c>
       <c r="K83" s="6">
         <v>0</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M83" s="6">
         <v>280</v>
       </c>
       <c r="N83" s="6">
         <v>62</v>
       </c>
       <c r="O83" s="6">
         <v>1151</v>
       </c>
       <c r="P83" s="6">
         <v>28</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" s="5"/>
       <c r="B84" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E84" s="6">
         <v>0</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G84" s="6">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I84" s="6">
         <v>0</v>
       </c>
       <c r="J84" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K84" s="6">
         <v>0</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M84" s="6">
         <v>676</v>
       </c>
       <c r="N84" s="6">
         <v>36</v>
       </c>
       <c r="O84" s="6">
         <v>676</v>
       </c>
       <c r="P84" s="6">
         <v>36</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" s="5"/>
       <c r="B85" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C85" s="6">
         <v>14559</v>
       </c>
       <c r="D85" s="6">
         <v>10</v>
       </c>
       <c r="E85" s="6">
         <v>10533</v>
       </c>
       <c r="F85" s="6">
         <v>14</v>
       </c>
       <c r="G85" s="6">
         <v>5816</v>
       </c>
       <c r="H85" s="6">
         <v>19</v>
       </c>
       <c r="I85" s="6">
         <v>7300</v>
       </c>
       <c r="J85" s="6">
         <v>27</v>
       </c>
       <c r="K85" s="6">
         <v>3701</v>
       </c>
       <c r="L85" s="6">
         <v>35</v>
       </c>
       <c r="M85" s="6">
         <v>9341</v>
       </c>
       <c r="N85" s="6">
         <v>17</v>
       </c>
       <c r="O85" s="6">
         <v>51251</v>
       </c>
       <c r="P85" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" s="5"/>
       <c r="B86" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C86" s="6">
         <v>0</v>
       </c>
       <c r="D86" s="6">
         <v>0</v>
       </c>
       <c r="E86" s="6">
         <v>0</v>
       </c>
       <c r="F86" s="6">
         <v>0</v>
       </c>
       <c r="G86" s="6">
         <v>0</v>
       </c>
       <c r="H86" s="6">
         <v>0</v>
       </c>
       <c r="I86" s="6">
         <v>0</v>
       </c>
       <c r="J86" s="6">
         <v>0</v>
       </c>
       <c r="K86" s="6">
         <v>0</v>
       </c>
       <c r="L86" s="6">
         <v>0</v>
       </c>
       <c r="M86" s="6">
         <v>0</v>
       </c>
       <c r="N86" s="6">
         <v>0</v>
       </c>
       <c r="O86" s="6">
         <v>0</v>
       </c>
       <c r="P86" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" s="5"/>
       <c r="B87" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C87" s="6">
         <v>117664</v>
       </c>
       <c r="D87" s="6">
         <v>5</v>
       </c>
       <c r="E87" s="6">
         <v>56551</v>
       </c>
       <c r="F87" s="6">
         <v>8</v>
       </c>
       <c r="G87" s="6">
         <v>31387</v>
       </c>
       <c r="H87" s="6">
         <v>11</v>
       </c>
       <c r="I87" s="6">
         <v>25732</v>
       </c>
       <c r="J87" s="6">
         <v>12</v>
       </c>
       <c r="K87" s="6">
         <v>31831</v>
       </c>
       <c r="L87" s="6">
         <v>13</v>
       </c>
       <c r="M87" s="6">
         <v>25757</v>
       </c>
       <c r="N87" s="6">
         <v>11</v>
       </c>
       <c r="O87" s="6">
         <v>288921</v>
       </c>
       <c r="P87" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" s="5" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E88" s="6">
         <v>0</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G88" s="6">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I88" s="6">
         <v>0</v>
       </c>
       <c r="J88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K88" s="6">
         <v>0</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M88" s="6">
         <v>0</v>
       </c>
       <c r="N88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O88" s="6">
         <v>0</v>
       </c>
       <c r="P88" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" s="5"/>
       <c r="B89" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C89" s="6">
         <v>10329</v>
       </c>
       <c r="D89" s="6">
         <v>12</v>
       </c>
       <c r="E89" s="6">
         <v>10842</v>
       </c>
       <c r="F89" s="6">
         <v>12</v>
       </c>
       <c r="G89" s="6">
         <v>6171</v>
       </c>
       <c r="H89" s="6">
         <v>17</v>
       </c>
       <c r="I89" s="6">
         <v>3709</v>
       </c>
       <c r="J89" s="6">
         <v>18</v>
       </c>
       <c r="K89" s="6">
         <v>10892</v>
       </c>
       <c r="L89" s="6">
         <v>15</v>
       </c>
       <c r="M89" s="6">
         <v>3723</v>
       </c>
       <c r="N89" s="6">
         <v>26</v>
       </c>
       <c r="O89" s="6">
         <v>45666</v>
       </c>
       <c r="P89" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" s="5"/>
       <c r="B90" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C90" s="6">
         <v>9018</v>
       </c>
       <c r="D90" s="6">
         <v>13</v>
       </c>
       <c r="E90" s="6">
         <v>3487</v>
       </c>
       <c r="F90" s="6">
         <v>21</v>
       </c>
       <c r="G90" s="6">
         <v>2316</v>
       </c>
       <c r="H90" s="6">
         <v>29</v>
       </c>
       <c r="I90" s="6">
         <v>996</v>
       </c>
       <c r="J90" s="6">
         <v>39</v>
       </c>
       <c r="K90" s="6">
         <v>143</v>
       </c>
       <c r="L90" s="6">
         <v>71</v>
       </c>
       <c r="M90" s="6">
         <v>714</v>
       </c>
       <c r="N90" s="6">
         <v>45</v>
       </c>
       <c r="O90" s="6">
         <v>16675</v>
       </c>
       <c r="P90" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" s="5"/>
       <c r="B91" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C91" s="6">
         <v>369</v>
       </c>
       <c r="D91" s="6">
         <v>54</v>
       </c>
       <c r="E91" s="6">
         <v>0</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G91" s="6">
         <v>289</v>
       </c>
       <c r="H91" s="6">
         <v>79</v>
       </c>
       <c r="I91" s="6">
         <v>1405</v>
       </c>
       <c r="J91" s="6">
         <v>35</v>
       </c>
       <c r="K91" s="6">
         <v>1806</v>
       </c>
       <c r="L91" s="6">
         <v>32</v>
       </c>
       <c r="M91" s="6">
         <v>709</v>
       </c>
       <c r="N91" s="6">
         <v>73</v>
       </c>
       <c r="O91" s="6">
         <v>4579</v>
       </c>
       <c r="P91" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" s="5"/>
       <c r="B92" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C92" s="6">
         <v>448</v>
       </c>
       <c r="D92" s="6">
         <v>47</v>
       </c>
       <c r="E92" s="6">
         <v>595</v>
       </c>
       <c r="F92" s="6">
         <v>57</v>
       </c>
       <c r="G92" s="6">
         <v>60</v>
       </c>
       <c r="H92" s="6">
         <v>100</v>
       </c>
       <c r="I92" s="6">
         <v>1772</v>
       </c>
       <c r="J92" s="6">
         <v>22</v>
       </c>
       <c r="K92" s="6">
         <v>1338</v>
       </c>
       <c r="L92" s="6">
         <v>32</v>
       </c>
       <c r="M92" s="6">
         <v>1959</v>
       </c>
       <c r="N92" s="6">
         <v>32</v>
       </c>
       <c r="O92" s="6">
         <v>6172</v>
       </c>
       <c r="P92" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" s="5"/>
       <c r="B93" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E93" s="6">
         <v>0</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G93" s="6">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I93" s="6">
         <v>354</v>
       </c>
       <c r="J93" s="6">
         <v>60</v>
       </c>
       <c r="K93" s="6">
         <v>1477</v>
       </c>
       <c r="L93" s="6">
         <v>30</v>
       </c>
       <c r="M93" s="6">
         <v>0</v>
       </c>
       <c r="N93" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O93" s="6">
         <v>1831</v>
       </c>
       <c r="P93" s="6">
         <v>27</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" s="5"/>
       <c r="B94" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C94" s="6">
         <v>147</v>
       </c>
       <c r="D94" s="6">
         <v>71</v>
       </c>
       <c r="E94" s="6">
         <v>0</v>
       </c>
       <c r="F94" s="6">
         <v>0</v>
       </c>
       <c r="G94" s="6">
         <v>0</v>
       </c>
       <c r="H94" s="6">
         <v>0</v>
       </c>
       <c r="I94" s="6">
         <v>0</v>
       </c>
       <c r="J94" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K94" s="6">
         <v>0</v>
       </c>
       <c r="L94" s="6">
         <v>0</v>
       </c>
       <c r="M94" s="6">
         <v>0</v>
       </c>
       <c r="N94" s="6">
         <v>0</v>
       </c>
       <c r="O94" s="6">
         <v>147</v>
       </c>
       <c r="P94" s="6">
         <v>71</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" s="5"/>
       <c r="B95" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C95" s="6">
         <v>17492</v>
       </c>
       <c r="D95" s="6">
         <v>9</v>
       </c>
       <c r="E95" s="6">
         <v>3840</v>
       </c>
       <c r="F95" s="6">
         <v>19</v>
       </c>
       <c r="G95" s="6">
         <v>2842</v>
       </c>
       <c r="H95" s="6">
         <v>22</v>
       </c>
       <c r="I95" s="6">
         <v>122</v>
       </c>
       <c r="J95" s="6">
         <v>100</v>
       </c>
       <c r="K95" s="6">
         <v>219</v>
       </c>
       <c r="L95" s="6">
         <v>74</v>
       </c>
       <c r="M95" s="6">
         <v>3644</v>
       </c>
       <c r="N95" s="6">
         <v>23</v>
       </c>
       <c r="O95" s="6">
         <v>28160</v>
       </c>
       <c r="P95" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" s="5"/>
       <c r="B96" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C96" s="6">
         <v>5860</v>
       </c>
       <c r="D96" s="6">
         <v>14</v>
       </c>
       <c r="E96" s="6">
         <v>1983</v>
       </c>
       <c r="F96" s="6">
         <v>30</v>
       </c>
       <c r="G96" s="6">
         <v>1006</v>
       </c>
       <c r="H96" s="6">
         <v>30</v>
       </c>
       <c r="I96" s="6">
         <v>849</v>
       </c>
       <c r="J96" s="6">
         <v>31</v>
       </c>
       <c r="K96" s="6">
         <v>510</v>
       </c>
       <c r="L96" s="6">
         <v>88</v>
       </c>
       <c r="M96" s="6">
         <v>491</v>
       </c>
       <c r="N96" s="6">
         <v>47</v>
       </c>
       <c r="O96" s="6">
         <v>10699</v>
       </c>
       <c r="P96" s="6">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" s="5"/>
       <c r="B97" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C97" s="6">
         <v>1930</v>
       </c>
       <c r="D97" s="6">
         <v>30</v>
       </c>
       <c r="E97" s="6">
         <v>1355</v>
       </c>
       <c r="F97" s="6">
         <v>48</v>
       </c>
       <c r="G97" s="6">
         <v>279</v>
       </c>
       <c r="H97" s="6">
         <v>50</v>
       </c>
       <c r="I97" s="6">
         <v>424</v>
       </c>
       <c r="J97" s="6">
         <v>47</v>
       </c>
       <c r="K97" s="6">
         <v>138</v>
       </c>
       <c r="L97" s="6">
         <v>100</v>
       </c>
       <c r="M97" s="6">
         <v>442</v>
       </c>
       <c r="N97" s="6">
         <v>41</v>
       </c>
       <c r="O97" s="6">
         <v>4567</v>
       </c>
       <c r="P97" s="6">
         <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" s="5"/>
       <c r="B98" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C98" s="6">
         <v>1868</v>
       </c>
       <c r="D98" s="6">
         <v>45</v>
       </c>
       <c r="E98" s="6">
         <v>71</v>
       </c>
       <c r="F98" s="6">
         <v>100</v>
       </c>
       <c r="G98" s="6">
         <v>0</v>
       </c>
       <c r="H98" s="6">
         <v>0</v>
       </c>
       <c r="I98" s="6">
         <v>628</v>
       </c>
       <c r="J98" s="6">
         <v>46</v>
       </c>
       <c r="K98" s="6">
         <v>0</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M98" s="6">
         <v>136</v>
       </c>
       <c r="N98" s="6">
         <v>71</v>
       </c>
       <c r="O98" s="6">
         <v>2703</v>
       </c>
       <c r="P98" s="6">
         <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" s="5"/>
       <c r="B99" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C99" s="6">
         <v>0</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E99" s="6">
         <v>0</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G99" s="6">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I99" s="6">
         <v>0</v>
       </c>
       <c r="J99" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K99" s="6">
         <v>0</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M99" s="6">
         <v>365</v>
       </c>
       <c r="N99" s="6">
         <v>45</v>
       </c>
       <c r="O99" s="6">
         <v>365</v>
       </c>
       <c r="P99" s="6">
         <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" s="5"/>
       <c r="B100" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C100" s="6">
         <v>6892</v>
       </c>
       <c r="D100" s="6">
         <v>12</v>
       </c>
       <c r="E100" s="6">
         <v>3666</v>
       </c>
       <c r="F100" s="6">
         <v>20</v>
       </c>
       <c r="G100" s="6">
         <v>2588</v>
       </c>
       <c r="H100" s="6">
         <v>25</v>
       </c>
       <c r="I100" s="6">
         <v>3306</v>
       </c>
       <c r="J100" s="6">
         <v>20</v>
       </c>
       <c r="K100" s="6">
         <v>1879</v>
       </c>
       <c r="L100" s="6">
         <v>44</v>
       </c>
       <c r="M100" s="6">
         <v>5608</v>
       </c>
       <c r="N100" s="6">
         <v>16</v>
       </c>
       <c r="O100" s="6">
         <v>23940</v>
       </c>
       <c r="P100" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" s="5"/>
       <c r="B101" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C101" s="6">
         <v>0</v>
       </c>
       <c r="D101" s="6">
         <v>0</v>
       </c>
       <c r="E101" s="6">
         <v>0</v>
       </c>
       <c r="F101" s="6">
         <v>0</v>
       </c>
       <c r="G101" s="6">
         <v>0</v>
       </c>
       <c r="H101" s="6">
         <v>0</v>
       </c>
       <c r="I101" s="6">
         <v>0</v>
       </c>
       <c r="J101" s="6">
         <v>0</v>
       </c>
       <c r="K101" s="6">
         <v>0</v>
       </c>
       <c r="L101" s="6">
         <v>0</v>
       </c>
       <c r="M101" s="6">
         <v>0</v>
       </c>
       <c r="N101" s="6">
         <v>0</v>
       </c>
       <c r="O101" s="6">
         <v>0</v>
       </c>
       <c r="P101" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" s="5"/>
       <c r="B102" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C102" s="6">
         <v>54353</v>
       </c>
       <c r="D102" s="6">
         <v>5</v>
       </c>
       <c r="E102" s="6">
         <v>25840</v>
       </c>
       <c r="F102" s="6">
         <v>8</v>
       </c>
       <c r="G102" s="6">
         <v>15552</v>
       </c>
       <c r="H102" s="6">
         <v>11</v>
       </c>
       <c r="I102" s="6">
         <v>13566</v>
       </c>
       <c r="J102" s="6">
         <v>11</v>
       </c>
       <c r="K102" s="6">
         <v>18404</v>
       </c>
       <c r="L102" s="6">
         <v>11</v>
       </c>
       <c r="M102" s="6">
         <v>17791</v>
       </c>
       <c r="N102" s="6">
         <v>10</v>
       </c>
       <c r="O102" s="6">
         <v>145505</v>
       </c>
       <c r="P102" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C103" s="6">
         <v>0</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E103" s="6">
         <v>0</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G103" s="6">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I103" s="6">
         <v>0</v>
       </c>
       <c r="J103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K103" s="6">
         <v>0</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M103" s="6">
         <v>0</v>
       </c>
       <c r="N103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O103" s="6">
         <v>0</v>
       </c>
       <c r="P103" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" s="5"/>
       <c r="B104" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C104" s="6">
         <v>539064</v>
       </c>
       <c r="D104" s="6">
         <v>16</v>
       </c>
       <c r="E104" s="6">
         <v>439556</v>
       </c>
       <c r="F104" s="6">
         <v>11</v>
       </c>
       <c r="G104" s="6">
         <v>178725</v>
       </c>
       <c r="H104" s="6">
         <v>18</v>
       </c>
       <c r="I104" s="6">
         <v>136589</v>
       </c>
       <c r="J104" s="6">
         <v>19</v>
       </c>
       <c r="K104" s="6">
         <v>266497</v>
       </c>
       <c r="L104" s="6">
         <v>17</v>
       </c>
       <c r="M104" s="6">
         <v>26145</v>
       </c>
       <c r="N104" s="6">
         <v>25</v>
       </c>
       <c r="O104" s="6">
         <v>1586575</v>
       </c>
       <c r="P104" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" s="5"/>
       <c r="B105" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C105" s="6">
         <v>893776</v>
       </c>
       <c r="D105" s="6">
         <v>9</v>
       </c>
       <c r="E105" s="6">
         <v>210907</v>
       </c>
       <c r="F105" s="6">
         <v>15</v>
       </c>
       <c r="G105" s="6">
         <v>187710</v>
       </c>
       <c r="H105" s="6">
         <v>29</v>
       </c>
       <c r="I105" s="6">
         <v>19871</v>
       </c>
       <c r="J105" s="6">
         <v>41</v>
       </c>
       <c r="K105" s="6">
         <v>6685</v>
       </c>
       <c r="L105" s="6">
         <v>50</v>
       </c>
       <c r="M105" s="6">
         <v>15657</v>
       </c>
       <c r="N105" s="6">
         <v>30</v>
       </c>
       <c r="O105" s="6">
         <v>1334606</v>
       </c>
       <c r="P105" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" s="5"/>
       <c r="B106" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C106" s="6">
         <v>6768</v>
       </c>
       <c r="D106" s="6">
         <v>45</v>
       </c>
       <c r="E106" s="6">
         <v>2494</v>
       </c>
       <c r="F106" s="6">
         <v>62</v>
       </c>
       <c r="G106" s="6">
         <v>1067</v>
       </c>
       <c r="H106" s="6">
         <v>57</v>
       </c>
       <c r="I106" s="6">
         <v>13375</v>
       </c>
       <c r="J106" s="6">
         <v>57</v>
       </c>
       <c r="K106" s="6">
         <v>28223</v>
       </c>
       <c r="L106" s="6">
         <v>33</v>
       </c>
       <c r="M106" s="6">
         <v>2785</v>
       </c>
       <c r="N106" s="6">
         <v>66</v>
       </c>
       <c r="O106" s="6">
         <v>54713</v>
       </c>
       <c r="P106" s="6">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" s="5"/>
       <c r="B107" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C107" s="6">
         <v>2627</v>
       </c>
       <c r="D107" s="6">
         <v>57</v>
       </c>
       <c r="E107" s="6">
         <v>1134</v>
       </c>
       <c r="F107" s="6">
         <v>50</v>
       </c>
       <c r="G107" s="6">
         <v>60</v>
       </c>
       <c r="H107" s="6">
         <v>100</v>
       </c>
       <c r="I107" s="6">
         <v>70747</v>
       </c>
       <c r="J107" s="6">
         <v>82</v>
       </c>
       <c r="K107" s="6">
         <v>28057</v>
       </c>
       <c r="L107" s="6">
         <v>24</v>
       </c>
       <c r="M107" s="6">
         <v>10202</v>
       </c>
       <c r="N107" s="6">
         <v>27</v>
       </c>
       <c r="O107" s="6">
         <v>112827</v>
       </c>
       <c r="P107" s="6">
         <v>52</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" s="5"/>
       <c r="B108" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C108" s="6">
         <v>0</v>
       </c>
       <c r="D108" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E108" s="6">
         <v>0</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G108" s="6">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I108" s="6">
         <v>12877</v>
       </c>
       <c r="J108" s="6">
         <v>56</v>
       </c>
       <c r="K108" s="6">
         <v>14911</v>
       </c>
       <c r="L108" s="6">
         <v>38</v>
       </c>
       <c r="M108" s="6">
         <v>3529</v>
       </c>
       <c r="N108" s="6">
         <v>77</v>
       </c>
       <c r="O108" s="6">
         <v>31317</v>
       </c>
       <c r="P108" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" s="5"/>
       <c r="B109" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C109" s="6">
         <v>21076</v>
       </c>
       <c r="D109" s="6">
         <v>36</v>
       </c>
       <c r="E109" s="6">
         <v>0</v>
       </c>
       <c r="F109" s="6">
         <v>0</v>
       </c>
       <c r="G109" s="6">
         <v>1403</v>
       </c>
       <c r="H109" s="6">
         <v>100</v>
       </c>
       <c r="I109" s="6">
         <v>0</v>
       </c>
       <c r="J109" s="6">
         <v>0</v>
       </c>
       <c r="K109" s="6">
         <v>0</v>
       </c>
       <c r="L109" s="6">
         <v>0</v>
       </c>
       <c r="M109" s="6">
         <v>184</v>
       </c>
       <c r="N109" s="6">
         <v>100</v>
       </c>
       <c r="O109" s="6">
         <v>22662</v>
       </c>
       <c r="P109" s="6">
         <v>34</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" s="5"/>
       <c r="B110" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C110" s="6">
         <v>3936456</v>
       </c>
       <c r="D110" s="6">
         <v>8</v>
       </c>
       <c r="E110" s="6">
         <v>688693</v>
       </c>
       <c r="F110" s="6">
         <v>25</v>
       </c>
       <c r="G110" s="6">
         <v>729659</v>
       </c>
       <c r="H110" s="6">
         <v>22</v>
       </c>
       <c r="I110" s="6">
         <v>33946</v>
       </c>
       <c r="J110" s="6">
         <v>43</v>
       </c>
       <c r="K110" s="6">
         <v>102965</v>
       </c>
       <c r="L110" s="6">
         <v>31</v>
       </c>
       <c r="M110" s="6">
         <v>189287</v>
       </c>
       <c r="N110" s="6">
         <v>32</v>
       </c>
       <c r="O110" s="6">
         <v>5681006</v>
       </c>
       <c r="P110" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" s="5"/>
       <c r="B111" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C111" s="6">
         <v>3787771</v>
       </c>
       <c r="D111" s="6">
         <v>11</v>
       </c>
       <c r="E111" s="6">
         <v>472140</v>
       </c>
       <c r="F111" s="6">
         <v>21</v>
       </c>
       <c r="G111" s="6">
         <v>572404</v>
       </c>
       <c r="H111" s="6">
         <v>20</v>
       </c>
       <c r="I111" s="6">
         <v>34771</v>
       </c>
       <c r="J111" s="6">
         <v>29</v>
       </c>
       <c r="K111" s="6">
         <v>58206</v>
       </c>
       <c r="L111" s="6">
         <v>36</v>
       </c>
       <c r="M111" s="6">
         <v>54795</v>
       </c>
       <c r="N111" s="6">
         <v>23</v>
       </c>
       <c r="O111" s="6">
         <v>4980088</v>
       </c>
       <c r="P111" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" s="5"/>
       <c r="B112" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C112" s="6">
         <v>2064849</v>
       </c>
       <c r="D112" s="6">
         <v>10</v>
       </c>
       <c r="E112" s="6">
         <v>346177</v>
       </c>
       <c r="F112" s="6">
         <v>18</v>
       </c>
       <c r="G112" s="6">
         <v>474444</v>
       </c>
       <c r="H112" s="6">
         <v>19</v>
       </c>
       <c r="I112" s="6">
         <v>412352</v>
       </c>
       <c r="J112" s="6">
         <v>55</v>
       </c>
       <c r="K112" s="6">
         <v>122876</v>
       </c>
       <c r="L112" s="6">
         <v>40</v>
       </c>
       <c r="M112" s="6">
         <v>531437</v>
       </c>
       <c r="N112" s="6">
         <v>29</v>
       </c>
       <c r="O112" s="6">
         <v>3952135</v>
       </c>
       <c r="P112" s="6">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" s="5"/>
       <c r="B113" s="5" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C113" s="6">
         <v>459316</v>
       </c>
       <c r="D113" s="6">
         <v>23</v>
       </c>
       <c r="E113" s="6">
         <v>3872</v>
       </c>
       <c r="F113" s="6">
         <v>58</v>
       </c>
       <c r="G113" s="6">
         <v>8648</v>
       </c>
       <c r="H113" s="6">
         <v>47</v>
       </c>
       <c r="I113" s="6">
         <v>54380</v>
       </c>
       <c r="J113" s="6">
         <v>29</v>
       </c>
       <c r="K113" s="6">
         <v>1688</v>
       </c>
       <c r="L113" s="6">
         <v>53</v>
       </c>
       <c r="M113" s="6">
         <v>53619</v>
       </c>
       <c r="N113" s="6">
         <v>53</v>
       </c>
       <c r="O113" s="6">
         <v>581524</v>
       </c>
       <c r="P113" s="6">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" s="5"/>
       <c r="B114" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C114" s="6">
         <v>199</v>
       </c>
       <c r="D114" s="6">
         <v>100</v>
       </c>
       <c r="E114" s="6">
         <v>1209</v>
       </c>
       <c r="F114" s="6">
         <v>100</v>
       </c>
       <c r="G114" s="6">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I114" s="6">
         <v>188</v>
       </c>
       <c r="J114" s="6">
         <v>100</v>
       </c>
       <c r="K114" s="6">
         <v>1209</v>
       </c>
       <c r="L114" s="6">
         <v>100</v>
       </c>
       <c r="M114" s="6">
         <v>23201</v>
       </c>
       <c r="N114" s="6">
         <v>28</v>
       </c>
       <c r="O114" s="6">
         <v>26007</v>
       </c>
       <c r="P114" s="6">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" s="5"/>
       <c r="B115" s="5" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C115" s="6">
         <v>722200</v>
       </c>
       <c r="D115" s="6">
         <v>11</v>
       </c>
       <c r="E115" s="6">
         <v>469701</v>
       </c>
       <c r="F115" s="6">
         <v>13</v>
       </c>
       <c r="G115" s="6">
         <v>180981</v>
       </c>
       <c r="H115" s="6">
         <v>14</v>
       </c>
       <c r="I115" s="6">
         <v>334549</v>
       </c>
       <c r="J115" s="6">
         <v>31</v>
       </c>
       <c r="K115" s="6">
         <v>239175</v>
       </c>
       <c r="L115" s="6">
         <v>15</v>
       </c>
       <c r="M115" s="6">
         <v>128579</v>
       </c>
       <c r="N115" s="6">
         <v>19</v>
       </c>
       <c r="O115" s="6">
         <v>2075185</v>
       </c>
       <c r="P115" s="6">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" s="5"/>
       <c r="B116" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="C116" s="6">
         <v>0</v>
       </c>
       <c r="D116" s="6">
         <v>0</v>
       </c>
       <c r="E116" s="6">
         <v>0</v>
       </c>
       <c r="F116" s="6">
         <v>0</v>
       </c>
       <c r="G116" s="6">
         <v>0</v>
       </c>
       <c r="H116" s="6">
         <v>0</v>
       </c>
       <c r="I116" s="6">
         <v>0</v>
       </c>
       <c r="J116" s="6">
         <v>0</v>
       </c>
       <c r="K116" s="6">
         <v>0</v>
       </c>
       <c r="L116" s="6">
         <v>0</v>
       </c>
       <c r="M116" s="6">
         <v>0</v>
       </c>
       <c r="N116" s="6">
         <v>0</v>
       </c>
       <c r="O116" s="6">
         <v>0</v>
       </c>
       <c r="P116" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" s="5"/>
       <c r="B117" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="C117" s="6">
         <v>12434103</v>
       </c>
       <c r="D117" s="6">
         <v>6</v>
       </c>
       <c r="E117" s="6">
         <v>2635883</v>
       </c>
       <c r="F117" s="6">
         <v>10</v>
       </c>
       <c r="G117" s="6">
         <v>2335101</v>
       </c>
       <c r="H117" s="6">
         <v>12</v>
       </c>
       <c r="I117" s="6">
         <v>1123644</v>
       </c>
       <c r="J117" s="6">
         <v>25</v>
       </c>
@@ -6016,289 +6013,289 @@
         <v>1039419</v>
       </c>
       <c r="N117" s="6">
         <v>17</v>
       </c>
       <c r="O117" s="6">
         <v>20438644</v>
       </c>
       <c r="P117" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1196522/378271</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Jungwaldstammzahl</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #406</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grössenklasse (Jungwald; 5 Klassen)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart im Jungwald (Zählung)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bestockbarer zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1876</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A27"/>
     <mergeCell ref="A28:A42"/>
     <mergeCell ref="A43:A57"/>
     <mergeCell ref="A58:A72"/>
     <mergeCell ref="A73:A87"/>