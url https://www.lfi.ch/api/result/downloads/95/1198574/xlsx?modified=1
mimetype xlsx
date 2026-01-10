--- v0 (2025-10-01)
+++ v1 (2026-01-10)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitude (in 200 m classes) · number of cases of damage</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti</t>
+  </si>
+  <si>
+    <t>quota (classi di 200 m) · numero di danni</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>number of cases of damage</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>quota (classi di 200 m)</t>
+  </si>
+  <si>
+    <t>numero di danni</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no visible damage</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>nessun danno visibile</t>
+  </si>
+  <si>
+    <t>un danno visibile</t>
+  </si>
+  <si>
+    <t>due o più danni visibili</t>
+  </si>
+  <si>
+    <t>albero morto o a terra</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1198574/380323</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">numero di fusti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitude (in 200 m classes)</t>
+      <t xml:space="preserve">quota (classi di 200 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of cases of damage</t>
+      <t xml:space="preserve">numero di danni</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #653</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into four classes according to the number of visible cases of damage or the condition of the tree (living/dead, standing/lying). Reference: Field Survey (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
+    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in base al numero di danni visibili o alle condizioni dell'albero (vivo/morto, in piedi/a terra), in quattro classi. Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3844,270 +3844,270 @@
         <v>100.0</v>
       </c>
       <c r="N72" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O72" s="7">
         <v>100.0</v>
       </c>
       <c r="P72" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1198574/380323</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">numero di fusti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitude (in 200 m classes)</t>
+            <t xml:space="preserve">quota (classi di 200 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of cases of damage</t>
+            <t xml:space="preserve">numero di danni</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>