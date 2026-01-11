--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>quota (classi di 200 m) · numero di danni</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>altitude (in 200 m classes) · number of cases of damage</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>numero di danni</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>altitude (in 200 m classes)</t>
+  </si>
+  <si>
+    <t>number of cases of damage</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nessun danno visibile</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>no visible damage</t>
+  </si>
+  <si>
+    <t>one visible damage</t>
+  </si>
+  <si>
+    <t>two or more visible damages</t>
+  </si>
+  <si>
+    <t>dead or lying tree</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1601-1800 m</t>
   </si>
   <si>
     <t>1401-1600 m</t>
   </si>
   <si>
     <t>1201-1400 m</t>
   </si>
   <si>
     <t>1001-1200 m</t>
   </si>
   <si>
     <t>801-1000 m</t>
   </si>
   <si>
     <t>601-800 m</t>
   </si>
   <si>
     <t>=600 m</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1198585/380335</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quota (classi di 200 m)</t>
+      <t xml:space="preserve">altitude (in 200 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #964</t>
     </r>
   </si>
   <si>
-    <t>Altitudine sopra il livello del mare in classi di 200 m. Fonte: modello digitale DHm²5 di Swisstopo.</t>
+    <t>Altitude above sea level in classes of 200 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di danni</t>
+      <t xml:space="preserve">number of cases of damage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #653</t>
     </r>
   </si>
   <si>
-    <t>Classificazione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in base al numero di danni visibili o alle condizioni dell'albero (vivo/morto, in piedi/a terra), in quattro classi. Fonte: rilievo sul terreno (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into four classes according to the number of visible cases of damage or the condition of the tree (living/dead, standing/lying). Reference: Field Survey (MID 1018: Baumzustand, MID 1027: Baumschadenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3844,270 +3844,270 @@
         <v>100.0</v>
       </c>
       <c r="N72" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O72" s="7">
         <v>100.0</v>
       </c>
       <c r="P72" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1198585/380335</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quota (classi di 200 m)</t>
+            <t xml:space="preserve">altitude (in 200 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #964</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di danni</t>
+            <t xml:space="preserve">number of cases of damage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>