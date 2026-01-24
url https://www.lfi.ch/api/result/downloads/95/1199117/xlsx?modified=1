--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>surface terrière</t>
   </si>
   <si>
-    <t>higher/lower altitude zone · main tree species</t>
+    <t>zones supérieures/inférieures · essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,317 +172,317 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>higher/lower altitude zone</t>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>essence principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
+    <t>zones inférieures</t>
   </si>
   <si>
-    <t>higher altitude zone</t>
+    <t>zones supérieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1199117/380866</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -834,52 +834,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -11001,51 +11001,51 @@
         <v>26.6</v>
       </c>
       <c r="AZ72" s="6">
         <v>5</v>
       </c>
       <c r="BA72" s="6">
         <v>31.1</v>
       </c>
       <c r="BB72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1199117/380866</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -11083,121 +11083,121 @@
       <c r="AR73" s="3"/>
       <c r="AS73" s="3"/>
       <c r="AT73" s="3"/>
       <c r="AU73" s="3"/>
       <c r="AV73" s="3"/>
       <c r="AW73" s="3"/>
       <c r="AX73" s="3"/>
       <c r="AY73" s="3"/>
       <c r="AZ73" s="3"/>
       <c r="BA73" s="3"/>
       <c r="BB73" s="3"/>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="79" spans="1:54">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:54" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="82" spans="1:54">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:54" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="85" spans="1:54">
       <c r="A85" t="inlineStr">
         <is>
           <r>
@@ -11223,86 +11223,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:54" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="88" spans="1:54">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:54" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:54">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:54" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>