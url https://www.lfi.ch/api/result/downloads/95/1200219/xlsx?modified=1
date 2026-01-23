--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI2–NFI3</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>IFN2–IFN3</t>
+  </si>
+  <si>
+    <t>mortalità</t>
+  </si>
+  <si>
+    <t>specie arborea (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>change 1993/95–2004/06</t>
-[...50 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>variazione 1993/95–2004/06</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200219/381968</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">mortalità</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che, tra due inventari successivi, sono morti per cause naturali (ad es. tempesta di vento o insetti) o sono scomparsi (ad es. in seguito a valanghe), ma che non sono stati utilizzati nel quadro di interventi selvicolturali. La mortalità è la somma degli alberi scomparsi naturalmente e della mortalità rimanente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">specie arborea (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie arboree e arbustive a partire da 12 cm di diametro a petto d'uomo (DPU) con singole categorie per le tre specie o gruppi di specie più comuni in Svizzera (abete rosso - Picea spp.; abete bianco - Abies spp.; faggio - Fagus sylvatica) e le categorie «altre conifere» e «altre latifoglie» per le altre specie. Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #533</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs and accessible on foot in both NFI2 (1993-1995) and NFI3 (2004-2006).</t>
+    <t>Bosco che, sia nell'IFN2 (1993-1995) sia nell'IFN3 (2004-2006), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,80 +739,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1778,51 +1778,51 @@
         <v>159</v>
       </c>
       <c r="AC20" s="6">
         <v>11</v>
       </c>
       <c r="AD20" s="6">
         <v>1921</v>
       </c>
       <c r="AE20" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200219/381968</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">mortalità</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">specie arborea (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI2/NFI3</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2/IFN3</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #533</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>