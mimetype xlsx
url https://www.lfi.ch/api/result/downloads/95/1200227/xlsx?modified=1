--- v0 (2026-01-23)
+++ v1 (2026-01-24)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI3–NFI4</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>LFI3–LFI4</t>
+  </si>
+  <si>
+    <t>Mortalität</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: 1,4-km-Netz</t>
     </r>
   </si>
   <si>
-    <t>change 2004/06–2009/17</t>
-[...50 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Veränderung 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>1000 m³/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200227/381976</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">mortality</t>
+      <t xml:space="preserve">Mortalität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
+    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">1,4-km-Netz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,80 +736,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1775,51 +1775,51 @@
         <v>250</v>
       </c>
       <c r="AC20" s="6">
         <v>10</v>
       </c>
       <c r="AD20" s="6">
         <v>1672</v>
       </c>
       <c r="AE20" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200227/381976</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1835,191 +1835,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">mortality</t>
+            <t xml:space="preserve">Mortalität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">1,4-km-Netz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>