--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI3–LFI4</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>NFI3–NFI4</t>
+  </si>
+  <si>
+    <t>mortality</t>
+  </si>
+  <si>
+    <t>tree species (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI3/NFI4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2004/06–2009/17</t>
-[...50 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>change 2004/06–2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>m³/ha/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200249/381998</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mortalität</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und im Bestand verbleibender Mortalität.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">tree species (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1429</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI3 (2004-2006) als auch im LFI4 (2009-2017) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI3 (2004-2006) and NFI4 (2009-2017) and could be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,80 +739,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1778,51 +1778,51 @@
         <v>1.7</v>
       </c>
       <c r="AC20" s="6">
         <v>10</v>
       </c>
       <c r="AD20" s="6">
         <v>1.4</v>
       </c>
       <c r="AE20" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200249/381998</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mortalität</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">tree species (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI3/LFI4</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI3/NFI4</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1429</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>