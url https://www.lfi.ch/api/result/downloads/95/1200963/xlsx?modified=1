--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>étages de végétation NaiS (10 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total number of stems</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpin supérieur</t>
-[...26 lines deleted...]
-    <t>hyperinsubrique (S)</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200963/382712</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">nombre total de tiges</t>
+      <t xml:space="preserve">total number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
+    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005) en dix classes, les classes «hyperinsubrique», «collinéen avec hêtre» et «montagnard inférieur/supérieur» ne se trouvant que sur le versant sud des Alpes (S), les classes «submontagnard», «montagnard inférieur», «montagnard supérieur» ne se trouvant que sur le versant nord des Alpes (N) et les classes «haut-montagnard», «subalpin» et «subalpin supérieur» pouvant se trouver des deux côtés des Alpes. Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>100.0</v>
       </c>
       <c r="AC24" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD24" s="6">
         <v>100.0</v>
       </c>
       <c r="AE24" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200963/382712</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">nombre total de tiges</t>
+            <t xml:space="preserve">total number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">étages de végétation NaiS (10 classes)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>