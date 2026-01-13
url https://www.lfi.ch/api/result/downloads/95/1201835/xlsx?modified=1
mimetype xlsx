--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022) · transportation system plan</t>
+    <t>Schutzwald gegen Gerinneprozesse (2022) · Erschliessungskonzept</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,302 +172,302 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>protection forest against channel processes (2022)</t>
+    <t>Schutzwald gegen Gerinneprozesse (2022)</t>
   </si>
   <si>
-    <t>transportation system plan</t>
+    <t>Erschliessungskonzept</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>road and skid road</t>
+    <t>Strasse und Maschinenweg</t>
   </si>
   <si>
-    <t>road and cable line</t>
+    <t>Strasse und Seillinie</t>
   </si>
   <si>
-    <t>road and flight path</t>
+    <t>Strasse und Fluglinie</t>
   </si>
   <si>
-    <t>no access intended</t>
+    <t>keine Erschliessung vorgesehen</t>
   </si>
   <si>
-    <t>road and skid trail with traction aid winch</t>
+    <t>Strasse und Rückegasse ohne Traktionshilfswinde</t>
   </si>
   <si>
-    <t>road and skid trail without traction aid winch</t>
+    <t>Strasse und Rückegasse mit Traktionshilfswinde</t>
   </si>
   <si>
-    <t>only road</t>
+    <t>nur Strasse</t>
   </si>
   <si>
-    <t>agricultural land</t>
+    <t>Landwirtschaftsland</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>inside</t>
+    <t>innerhalb</t>
   </si>
   <si>
-    <t>outside</t>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1201835/383584</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against channel processes (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against channel processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">transportation system plan</t>
+      <t xml:space="preserve">Erschliessungskonzept</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Information about the large- and small-scale infrastructure used for the extraction and transport of timber. Reference: Forest Service survey (MID 326: Erschliessungskonzept)</t>
+    <t>Angabe, auf welcher Grob- und Feinerschliessung die Holzbringung beruht. Grundlage: Forstdienstbefragung (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,52 +819,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -7746,51 +7746,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ52" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA52" s="6">
         <v>100.0</v>
       </c>
       <c r="BB52" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:54" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1201835/383584</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
@@ -7828,226 +7828,226 @@
       <c r="AR53" s="3"/>
       <c r="AS53" s="3"/>
       <c r="AT53" s="3"/>
       <c r="AU53" s="3"/>
       <c r="AV53" s="3"/>
       <c r="AW53" s="3"/>
       <c r="AX53" s="3"/>
       <c r="AY53" s="3"/>
       <c r="AZ53" s="3"/>
       <c r="BA53" s="3"/>
       <c r="BB53" s="3"/>
     </row>
     <row r="56" spans="1:54">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:54" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="59" spans="1:54">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against channel processes (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:54" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="62" spans="1:54">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">transportation system plan</t>
+            <t xml:space="preserve">Erschliessungskonzept</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:54" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="65" spans="1:54">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:54" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:54">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="71" spans="1:54">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:54" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>