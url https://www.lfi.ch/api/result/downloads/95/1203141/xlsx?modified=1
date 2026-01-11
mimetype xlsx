--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Erschliessungskonzept</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · transportation system plan</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: accessible forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Erschliessungskonzept</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>transportation system plan</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Strasse und Maschinenweg</t>
-[...29 lines deleted...]
-    <t>ausserhalb</t>
+    <t>road and skid road</t>
+  </si>
+  <si>
+    <t>road and cable line</t>
+  </si>
+  <si>
+    <t>road and flight path</t>
+  </si>
+  <si>
+    <t>no access intended</t>
+  </si>
+  <si>
+    <t>road and skid trail with traction aid winch</t>
+  </si>
+  <si>
+    <t>road and skid trail without traction aid winch</t>
+  </si>
+  <si>
+    <t>only road</t>
+  </si>
+  <si>
+    <t>agricultural land</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1203141/384890</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erschliessungskonzept</t>
+      <t xml:space="preserve">transportation system plan</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #599</t>
     </r>
   </si>
   <si>
-    <t>Angabe, auf welcher Grob- und Feinerschliessung die Holzbringung beruht. Grundlage: Forstdienstbefragung (MID 326: Erschliessungskonzept)</t>
+    <t>Information about the large- and small-scale infrastructure used for the extraction and transport of timber. Reference: Forest Service survey (MID 326: Erschliessungskonzept)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">accessible forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2863,270 +2863,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1203141/384890</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erschliessungskonzept</t>
+            <t xml:space="preserve">transportation system plan</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #599</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">accessible forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>