--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Waldtyp (3 Klassen) · Erholungsart andere Freizeitaktivitäten</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>forest type (3 classes) · recreation type 'other activities'</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2009/17</t>
-[...2 lines deleted...]
-    <t>biogeografische Region</t>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Erholungsart andere Freizeitaktivitäten</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
+  </si>
+  <si>
+    <t>recreation type 'other activities'</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ja</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1203713/385462</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Erholungsart andere Freizeitaktivitäten</t>
+      <t xml:space="preserve">recreation type 'other activities'</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #522</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Erholungsart «andere Freizeitaktivitäten» (z.B. Pilzesammeln, Orientierungslauf, Bergsteigen) im Umkreis von 100 m um das Probeflächenzentrum. Erfasst werden die Erholungsarten ab einer Besucherfrequenz von 10 Personen pro Jahr. Grundlage: Forstdienstbefragung (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Sample plots with/without current recreational use 'other activities' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1203713/385462</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Erholungsart andere Freizeitaktivitäten</t>
+            <t xml:space="preserve">recreation type 'other activities'</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #522</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>