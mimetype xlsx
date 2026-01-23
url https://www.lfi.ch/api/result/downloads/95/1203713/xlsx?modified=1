--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,388 +14,388 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · recreation type 'other activities'</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · attività ricreativa: altre attività</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...29 lines deleted...]
-    <t>recreation type 'other activities'</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>attività ricreativa: altre attività</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>sì</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>total</t>
-[...8 lines deleted...]
-    <t>shrub forest</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1203713/385462</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">recreation type 'other activities'</t>
+      <t xml:space="preserve">attività ricreativa: altre attività</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #522</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without current recreational use 'other activities' within a radius of 100 m around the sample plot centre. The type of recreation is recorded with a visitor frequency ≥10 persons per year. Reference: Forest Service Survey (MID 329: Art der aktuellen Erholungsnutzung)</t>
+    <t>Aree di saggio con/senza l'attività ricreativa «altre attività» in un raggio di 100 m intorno al centro dell'area di saggio. Vengono rilevate le attività a partire da una frequenza di 10 persone all'anno. Fonte: inchiesta presso il servizio forestale (MID 329: Art der aktuellen Erholungsnutzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1890,270 +1890,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1203713/385462</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">recreation type 'other activities'</t>
+            <t xml:space="preserve">attività ricreativa: altre attività</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #522</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>