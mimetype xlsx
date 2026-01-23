--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>track type (intensity of soil disturbance)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface des ornières (perturbation du sol)</t>
+  </si>
+  <si>
+    <t>type d'ornières (gravité de la perturbation du sol)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>track type 1 (slight disturbance)</t>
-[...5 lines deleted...]
-    <t>track type 3 (severe disturbance)</t>
+    <t>type d'ornière 1 (perturbation légère)</t>
+  </si>
+  <si>
+    <t>type d'ornière 2 (perturbation modérée)</t>
+  </si>
+  <si>
+    <t>type d'ornière 3 (perturbation forte)</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206581/388330</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+      <t xml:space="preserve">surface des ornières (perturbation du sol)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Area with clearly visible traces on the forest floor from timber harvesting vehicles such as tractors, forwarders and harvesters.</t>
+    <t>Surface des traces clairement visibles laissées sur le sol forestier par des engins forestiers tels que les tracteurs, les porteurs et les récolteuses.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">track type (intensity of soil disturbance)</t>
+      <t xml:space="preserve">type d'ornières (gravité de la perturbation du sol)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2404</t>
     </r>
   </si>
   <si>
-    <t>Type of tracks of timber harvesting vehicles such as tractors, forwarders and harvesters on the forest floor – in three classes. For track type 3 (severe disturbance), it can be assumed that the soil fertility is significantly and permanently damaged (Lüscher et al. 2016). Reference: Field Survey (MID 954: Bodenschadentyp LIS)</t>
+    <t>Type d'ornières dues à des engins de récolte de bois tels que tracteurs, porteurs et récolteuses, en trois classes. En présence d'ornières de type 3 (perturbation forte), il faut considérer que la fertilité du sol est considérablement et durablement endommagée (Lüscher et al. 2016). Source: relevé de terrain (MID 954: Bodenschadentyp LIS)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>0.0</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>1.0</v>
       </c>
       <c r="O17" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206581/388330</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+            <t xml:space="preserve">surface des ornières (perturbation du sol)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">track type (intensity of soil disturbance)</t>
+            <t xml:space="preserve">type d'ornières (gravité de la perturbation du sol)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>