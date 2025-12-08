--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Bodenvegetations-Deckungsgrad</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of cover of ground vegetation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Schnee, Erhebung nicht möglich</t>
+    <t>snow, survey not possible</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206912/388661</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+      <t xml:space="preserve">degree of cover of ground vegetation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #28</t>
     </r>
   </si>
   <si>
-    <t>Anteil der von Farnen, Gräsern, Kräutern, Rubus-Arten, (Hoch-)Stauden und Zwergsträuchern (z.B. Vaccinien, Alpenrosen oder Wacholder) bedeckten Bodenfläche. Grundlage: Feldaufnahme (MID 278: Bodenvegetations-Deckungsgrad)</t>
+    <t>Proportion of ground area covered by ferns, grasses, herbs, Rubus species, (tall) herbaceous perennials and dwarf shrubs (e.g. vaccinia, Alpenrose or juniper). Reference: Field Survey (MID 278: Bodenvegetations-Deckungsgrad).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206912/388661</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+            <t xml:space="preserve">degree of cover of ground vegetation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #28</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>