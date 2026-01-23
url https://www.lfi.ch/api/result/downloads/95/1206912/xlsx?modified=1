--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of cover of ground vegetation</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di copertura della vegetazione al suolo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>snow, survey not possible</t>
+    <t>neve, rilevamento impossibile</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206912/388661</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of ground vegetation</t>
+      <t xml:space="preserve">grado di copertura della vegetazione al suolo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #28</t>
     </r>
   </si>
   <si>
-    <t>Proportion of ground area covered by ferns, grasses, herbs, Rubus species, (tall) herbaceous perennials and dwarf shrubs (e.g. vaccinia, Alpenrose or juniper). Reference: Field Survey (MID 278: Bodenvegetations-Deckungsgrad).</t>
+    <t>Percentuale della superficie del suolo coperta da felci, graminacee, erbe, specie di Rubus, vegetazione perenne (alta) e arbusti nani (ad es. specie di Vaccinium, rododendri o ginepri). Fonte: rilievo sul terreno (MID 278: Bodenvegetations-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,51 +742,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1876,51 +1876,51 @@
         <v>100.0</v>
       </c>
       <c r="AC21" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD21" s="6">
         <v>100.0</v>
       </c>
       <c r="AE21" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206912/388661</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -1936,191 +1936,191 @@
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
       <c r="Z22" s="3"/>
       <c r="AA22" s="3"/>
       <c r="AB22" s="3"/>
       <c r="AC22" s="3"/>
       <c r="AD22" s="3"/>
       <c r="AE22" s="3"/>
     </row>
     <row r="25" spans="1:31">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:31" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of ground vegetation</t>
+            <t xml:space="preserve">grado di copertura della vegetazione al suolo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #28</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>