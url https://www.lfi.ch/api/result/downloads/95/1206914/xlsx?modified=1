--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Bodenvegetations-Deckungsgrad</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of cover of ground vegetation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Schnee, Erhebung nicht möglich</t>
+    <t>snow, survey not possible</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206914/388663</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+      <t xml:space="preserve">degree of cover of ground vegetation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #28</t>
     </r>
   </si>
   <si>
-    <t>Anteil der von Farnen, Gräsern, Kräutern, Rubus-Arten, (Hoch-)Stauden und Zwergsträuchern (z.B. Vaccinien, Alpenrosen oder Wacholder) bedeckten Bodenfläche. Grundlage: Feldaufnahme (MID 278: Bodenvegetations-Deckungsgrad)</t>
+    <t>Proportion of ground area covered by ferns, grasses, herbs, Rubus species, (tall) herbaceous perennials and dwarf shrubs (e.g. vaccinia, Alpenrose or juniper). Reference: Field Survey (MID 278: Bodenvegetations-Deckungsgrad).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>100.0</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="6">
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206914/388663</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+            <t xml:space="preserve">degree of cover of ground vegetation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #28</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>