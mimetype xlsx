--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of cover of ground vegetation</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di copertura della vegetazione al suolo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>snow, survey not possible</t>
+    <t>neve, rilevamento impossibile</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206914/388663</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of ground vegetation</t>
+      <t xml:space="preserve">grado di copertura della vegetazione al suolo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #28</t>
     </r>
   </si>
   <si>
-    <t>Proportion of ground area covered by ferns, grasses, herbs, Rubus species, (tall) herbaceous perennials and dwarf shrubs (e.g. vaccinia, Alpenrose or juniper). Reference: Field Survey (MID 278: Bodenvegetations-Deckungsgrad).</t>
+    <t>Percentuale della superficie del suolo coperta da felci, graminacee, erbe, specie di Rubus, vegetazione perenne (alta) e arbusti nani (ad es. specie di Vaccinium, rododendri o ginepri). Fonte: rilievo sul terreno (MID 278: Bodenvegetations-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>100.0</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="6">
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206914/388663</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of ground vegetation</t>
+            <t xml:space="preserve">grado di copertura della vegetazione al suolo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #28</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>