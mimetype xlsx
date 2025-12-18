--- v0 (2025-12-17)
+++ v1 (2025-12-18)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Bodenvegetations-Deckungsgrad</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of cover of ground vegetation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Schnee, Erhebung nicht möglich</t>
+    <t>snow, survey not possible</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207003/388752</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+      <t xml:space="preserve">degree of cover of ground vegetation</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #28</t>
     </r>
   </si>
   <si>
-    <t>Anteil der von Farnen, Gräsern, Kräutern, Rubus-Arten, (Hoch-)Stauden und Zwergsträuchern (z.B. Vaccinien, Alpenrosen oder Wacholder) bedeckten Bodenfläche. Grundlage: Feldaufnahme (MID 278: Bodenvegetations-Deckungsgrad)</t>
+    <t>Proportion of ground area covered by ferns, grasses, herbs, Rubus species, (tall) herbaceous perennials and dwarf shrubs (e.g. vaccinia, Alpenrose or juniper). Reference: Field Survey (MID 278: Bodenvegetations-Deckungsgrad).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>158.8</v>
       </c>
       <c r="M21" s="6">
         <v>2</v>
       </c>
       <c r="N21" s="6">
         <v>1176.4</v>
       </c>
       <c r="O21" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207003/388752</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bodenvegetations-Deckungsgrad</t>
+            <t xml:space="preserve">degree of cover of ground vegetation</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #28</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>