--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schädigungsgrad des Bestandes</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of damage to the stand</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nicht geschädigt</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>no damage</t>
+  </si>
+  <si>
+    <t>slight damage</t>
+  </si>
+  <si>
+    <t>moderate damage</t>
+  </si>
+  <si>
+    <t>severe damage</t>
+  </si>
+  <si>
+    <t>very severe damage</t>
+  </si>
+  <si>
+    <t>dead</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207622/389371</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schädigungsgrad des Bestandes</t>
+      <t xml:space="preserve">degree of damage to the stand</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #594</t>
     </r>
   </si>
   <si>
-    <t>Grad der Schädigung der Waldbestände in sechs Klassen, hergeleitet aus dem mit der Basalfläche gewichteten mittleren Schädigungsgrad der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Degree of damage to forest stands in six classes, derived from the mean degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) weighted with the basal area. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1778,51 +1778,51 @@
         <v>100.0</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6">
         <v>100.0</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207622/389371</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schädigungsgrad des Bestandes</t>
+            <t xml:space="preserve">degree of damage to the stand</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #594</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>