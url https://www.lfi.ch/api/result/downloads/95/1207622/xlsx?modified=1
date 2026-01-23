--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,380 +14,380 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage to the stand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di danneggiamento del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun danno</t>
+  </si>
+  <si>
+    <t>debolmente danneggiato</t>
+  </si>
+  <si>
+    <t>mediamente danneggiato</t>
+  </si>
+  <si>
+    <t>fortemente danneggiato</t>
+  </si>
+  <si>
+    <t>estremamente danneggiato</t>
+  </si>
+  <si>
+    <t>morto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207622/389371</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage to the stand</t>
+      <t xml:space="preserve">grado di danneggiamento del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #594</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to forest stands in six classes, derived from the mean degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) weighted with the basal area. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grado di danneggiamento dei popolamenti forestali in sei classi, derivato dal grado medio di danneggiamento degli alberi e arbusti con un diametro a petto d'uomo (DPU) di 12 cm o più, ponderato in base all'area basimetrica. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1778,51 +1778,51 @@
         <v>100.0</v>
       </c>
       <c r="AC20" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD20" s="6">
         <v>100.0</v>
       </c>
       <c r="AE20" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207622/389371</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -1838,191 +1838,191 @@
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
       <c r="Z21" s="3"/>
       <c r="AA21" s="3"/>
       <c r="AB21" s="3"/>
       <c r="AC21" s="3"/>
       <c r="AD21" s="3"/>
       <c r="AE21" s="3"/>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage to the stand</t>
+            <t xml:space="preserve">grado di danneggiamento del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #594</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>