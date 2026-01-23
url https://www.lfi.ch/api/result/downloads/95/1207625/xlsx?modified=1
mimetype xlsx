--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage to the stand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di danneggiamento del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>nessun danno</t>
+  </si>
+  <si>
+    <t>debolmente danneggiato</t>
+  </si>
+  <si>
+    <t>mediamente danneggiato</t>
+  </si>
+  <si>
+    <t>fortemente danneggiato</t>
+  </si>
+  <si>
+    <t>estremamente danneggiato</t>
+  </si>
+  <si>
+    <t>morto</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207625/389374</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage to the stand</t>
+      <t xml:space="preserve">grado di danneggiamento del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #594</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to forest stands in six classes, derived from the mean degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) weighted with the basal area. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grado di danneggiamento dei popolamenti forestali in sei classi, derivato dal grado medio di danneggiamento degli alberi e arbusti con un diametro a petto d'uomo (DPU) di 12 cm o più, ponderato in base all'area basimetrica. Fonte: rilievo sul terreno (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>100.0</v>
       </c>
       <c r="AY20" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ20" s="6">
         <v>100.0</v>
       </c>
       <c r="BA20" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207625/389374</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage to the stand</t>
+            <t xml:space="preserve">grado di danneggiamento del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #594</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>