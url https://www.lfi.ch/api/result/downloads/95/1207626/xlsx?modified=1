--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage to the stand</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Schädigungsgrad des Bestandes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>nicht geschädigt</t>
+  </si>
+  <si>
+    <t>schwach geschädigt</t>
+  </si>
+  <si>
+    <t>mässig geschädigt</t>
+  </si>
+  <si>
+    <t>stark geschädigt</t>
+  </si>
+  <si>
+    <t>sehr stark geschädigt</t>
+  </si>
+  <si>
+    <t>tot</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207626/389375</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage to the stand</t>
+      <t xml:space="preserve">Schädigungsgrad des Bestandes</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #594</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to forest stands in six classes, derived from the mean degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) weighted with the basal area. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grad der Schädigung der Waldbestände in sechs Klassen, hergeleitet aus dem mit der Basalfläche gewichteten mittleren Schädigungsgrad der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207626/389375</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage to the stand</t>
+            <t xml:space="preserve">Schädigungsgrad des Bestandes</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #594</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>