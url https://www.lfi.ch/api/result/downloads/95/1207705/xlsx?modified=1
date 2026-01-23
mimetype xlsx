--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage to the stand</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>gravité des dégâts au peuplement</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no damage</t>
-[...14 lines deleted...]
-    <t>dead</t>
+    <t>aucun dégât</t>
+  </si>
+  <si>
+    <t>dégât léger</t>
+  </si>
+  <si>
+    <t>dégât moyen</t>
+  </si>
+  <si>
+    <t>dégât grave</t>
+  </si>
+  <si>
+    <t>dégât très grave</t>
+  </si>
+  <si>
+    <t>mort</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207705/389454</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage to the stand</t>
+      <t xml:space="preserve">gravité des dégâts au peuplement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #594</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to forest stands in six classes, derived from the mean degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) weighted with the basal area. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Degré du préjudice aux peuplements en six classes. Ce degré est dérivé du degré moyen de gravité des dégâts aux arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, et pondéré par la surface terrière. Source: relevé de terrain (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>50.2</v>
       </c>
       <c r="AY20" s="6">
         <v>7</v>
       </c>
       <c r="AZ20" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207705/389454</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,86 +2575,86 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage to the stand</t>
+            <t xml:space="preserve">gravité des dégâts au peuplement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #594</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
@@ -2680,86 +2680,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>