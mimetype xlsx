--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>size of management unit</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dimensione dell'unità di gestione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>≤3 ha</t>
   </si>
   <si>
     <t>4-10 ha</t>
   </si>
   <si>
     <t>11-30 ha</t>
   </si>
   <si>
     <t>31-100 ha</t>
   </si>
   <si>
     <t>101-300 ha</t>
   </si>
   <si>
     <t>301-1000 ha</t>
   </si>
   <si>
     <t>1001-3000 ha</t>
   </si>
   <si>
     <t>&gt;3000 ha</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1207857/389606</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size of management unit</t>
+      <t xml:space="preserve">dimensione dell'unità di gestione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #600</t>
     </r>
   </si>
   <si>
-    <t>Forest area under the same management – in eight classes. Several forest owners form a management unit («enterprise») if they have joined forces to manage their forests permanently (and not just for one logging operation). Reference: Forest Service Survey (MID 410: Grösse der Bewirtschaftungseinheit)</t>
+    <t>Superficie forestale soggetta alla stessa gestione, suddivisa in otto classi. Più proprietari di bosco formano un'unità di gestione («azienda») se hanno unito le forze in modo duraturo per gestire i loro boschi (e non solo per un singolo intervento). Fonte: inchiesta presso il servizio forestale (MID 410: Grösse der Bewirtschaftungseinheit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1974,51 +1974,51 @@
         <v>100.0</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6">
         <v>100.0</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1207857/389606</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2034,191 +2034,191 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size of management unit</t>
+            <t xml:space="preserve">dimensione dell'unità di gestione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #600</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>