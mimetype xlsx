--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of introduced woody species (3 classes; from NFI1 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by introduced woody species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>non dominata da specie introdotte</t>
+  </si>
+  <si>
+    <t>dominata da specie introdotte, esclusa la robinia</t>
+  </si>
+  <si>
+    <t>dominata dalla robinia, specie introdotta invasiva</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208166/389915</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2631</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether introduced woody species (tree- or shrub-like neophytes) ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock, classified into the three classes: «not dominated by introduced species», «dominated by introduced species other than black locust», «dominated by introduced, invasive black locust». Black locust is the only invasive introduced species that has been recorded separately in all NFI inventories to date. The classification as «invasive» corresponds to the publication «Alien species in Switzerland» of the Federal Office for the Environment (FOEN) from 2022 (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indicazione, se le specie legnose introdotte (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, nelle tre classi «non dominato da specie introdotte», «dominato da specie introdotte, tranne la robinia» e «dominato dalla robinia, specie introdotta e invasiva». La robinia è l'unica specie introdotta e invasiva che è stata rilevata separatamente in tutti gli inventari. La classificazione come «invasiva» corrisponde alla pubblicazione dell'Ufficio federale dell'ambiente (UFAM) «Specie esotiche in Svizzera» del 2022 (UW-2220-D). Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="96.548" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1484,51 +1484,51 @@
         <v>158.8</v>
       </c>
       <c r="AC17" s="6">
         <v>2</v>
       </c>
       <c r="AD17" s="6">
         <v>1211.5</v>
       </c>
       <c r="AE17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208166/389915</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1544,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2631</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>