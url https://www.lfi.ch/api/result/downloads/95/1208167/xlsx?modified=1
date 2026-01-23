--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of introduced woody species (3 classes; from NFI1 on)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by introduced woody species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>non dominata da specie introdotte</t>
+  </si>
+  <si>
+    <t>dominata da specie introdotte, esclusa la robinia</t>
+  </si>
+  <si>
+    <t>dominata dalla robinia, specie introdotta invasiva</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208167/389916</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2631</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether introduced woody species (tree- or shrub-like neophytes) ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock, classified into the three classes: «not dominated by introduced species», «dominated by introduced species other than black locust», «dominated by introduced, invasive black locust». Black locust is the only invasive introduced species that has been recorded separately in all NFI inventories to date. The classification as «invasive» corresponds to the publication «Alien species in Switzerland» of the Federal Office for the Environment (FOEN) from 2022 (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indicazione, se le specie legnose introdotte (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, nelle tre classi «non dominato da specie introdotte», «dominato da specie introdotte, tranne la robinia» e «dominato dalla robinia, specie introdotta e invasiva». La robinia è l'unica specie introdotta e invasiva che è stata rilevata separatamente in tutti gli inventari. La classificazione come «invasiva» corrisponde alla pubblicazione dell'Ufficio federale dell'ambiente (UFAM) «Specie esotiche in Svizzera» del 2022 (UW-2220-D). Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="96.548" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>158.8</v>
       </c>
       <c r="K17" s="6">
         <v>2</v>
       </c>
       <c r="L17" s="6">
         <v>1211.5</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208167/389916</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2631</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>