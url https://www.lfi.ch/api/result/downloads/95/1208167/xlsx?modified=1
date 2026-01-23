--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>non dominata da specie introdotte</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>nicht von eingeführten Gehölzarten dominiert</t>
+  </si>
+  <si>
+    <t>von eingeführten Gehölzarten ausser Robinie dominiert</t>
+  </si>
+  <si>
+    <t>von der eingeführten, invasiven Robinie dominiert</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208167/389916</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
+      <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2631</t>
     </r>
   </si>
   <si>
-    <t>Indicazione, se le specie legnose introdotte (neofite arboree o arbustive) con un diametro a petto d'uomo (DPU) di almeno 12 cm dominano in termini di provvigione, cioè costituiscono almeno il 50% della provvigione, nelle tre classi «non dominato da specie introdotte», «dominato da specie introdotte, tranne la robinia» e «dominato dalla robinia, specie introdotta e invasiva». La robinia è l'unica specie introdotta e invasiva che è stata rilevata separatamente in tutti gli inventari. La classificazione come «invasiva» corrisponde alla pubblicazione dell'Ufficio federale dell'ambiente (UFAM) «Specie esotiche in Svizzera» del 2022 (UW-2220-D). Fonte: rilievo sul terreno (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Angabe, ob eingeführte Gehölzarten (baum- oder strauchförmige Neophyten) mit einem Brusthöhendurchmesser (BHD) ab 12 cm bezüglich Vorrat dominieren, also mindestens 50% des Vorrats ausmachen, in den drei Klassen «nicht von eingeführten Arten dominiert», «von eingeführten Arten ausser der Robinie dominiert», «von der eingeführten, invasiven Robinie dominiert». Die Robinie ist die einzige invasive eingeführte Art, die in sämtlichen bisherigen Inventuren des LFI separat erfasst worden ist. Die Einstufung in «invasiv» entspricht der Publikation «Gebietsfremde Arten der Schweiz» des Bundesamts für Umwelt (BAFU) aus dem Jahr 2022 (UW-2220-D). Grundlage: Feldaufnahme (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="96.548" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>158.8</v>
       </c>
       <c r="K17" s="6">
         <v>2</v>
       </c>
       <c r="L17" s="6">
         <v>1211.5</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208167/389916</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominanza di specie legnose introdotte (neofite; 3 classi; a partire dall'IFN1)</t>
+            <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2631</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>