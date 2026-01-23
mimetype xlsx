--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>timber-harvesting technique</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>metodo di raccolta del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>LO: motor-manual, EX: skidder (AS)</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>Ta: motosega, Es: trattore (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Pr: trattore, Es: forwarder (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: trattore (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: allesti-/raccoglitrice su ruote/cingoli, Es: forw. (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica mobile (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica convenzionale (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica mobile (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica convenzionale (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: motosega, Es: elicottero (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: elicottero (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Pr: trattore, Ci: forwarder-cippatrice</t>
+  </si>
+  <si>
+    <t>altri metodi</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208203/389952</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber-harvesting technique</t>
+      <t xml:space="preserve">metodo di raccolta del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1047</t>
     </r>
   </si>
   <si>
-    <t>Techniques used in timber harvesting, i.e. for felling, processing and extracting trees – in twelve classes. If timber has been harvested since the last Inventory, the information is based on the procedures actually used. If, on the other hand, no harvesting has taken place, it is based on the procedures which, according to the district forester's assessment, would have been used in the case of an intervention at the time of the current Inventory. Abbreviations: LO: logging, EX: extraction, PS: pre-skidding, FE: felling, PRO: processing, CH: chopping, AS: assortment, FT: full tree. Reference: Forest Service Survey (MID 352: Art der Holzhauerei, MID: 3001: Rückemittel)</t>
+    <t>Metodi utilizzati per la raccolta del legname, ossia per l'abbattimento, l'allestimento e l'esbosco degli alberi, in dodici classi. Se a partire dall'ultimo inventario è stato realizzato un intervento con raccolta del legname, l'indicazione si basa sul metodo effettivamente eseguito. Se per contro non è stato effettuata nessuna raccolta di legname, l'indicazione si basa sul metodo che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Abbreviazioni: Ta: Taglio del legname, Es: Esbosco, Pr: Pre-esbosco, Ab: Abbattimento, Al: Allestimento, Ci: Cippatura, As: Assortimento, Ai: Albero intero. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Holzhauerei und MID: 3001 Rückemittel)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3477,51 +3477,51 @@
         <v>100.0</v>
       </c>
       <c r="AY26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ26" s="6">
         <v>100.0</v>
       </c>
       <c r="BA26" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208203/389952</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber-harvesting technique</t>
+            <t xml:space="preserve">metodo di raccolta del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1047</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>