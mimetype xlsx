--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>IFN4</t>
-[...5 lines deleted...]
-    <t>metodo di raccolta del legname</t>
+    <t>LFI4</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Holzernteverfahren</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2009/17</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2009/17</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Ta: motosega, Es: trattore (As)</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>Hh: motormanuell, Rü: Schlepper (SO)</t>
+  </si>
+  <si>
+    <t>Hh: motormanuell, Vr: Schlepper, Rü: Forwarder (SO)</t>
+  </si>
+  <si>
+    <t>Fä: motormanuell, Rü: Schlepper (VB), Aa: Prozessor</t>
+  </si>
+  <si>
+    <t>Fä+Aa: Rad-/Raupenvollernter, Rü: Forwarder (SO)</t>
+  </si>
+  <si>
+    <t>Hh: motormanuell, Rü: Mobilseilkran (SO)</t>
+  </si>
+  <si>
+    <t>Hh: motormanuell, Rü: konv. Seilkran (SO)</t>
+  </si>
+  <si>
+    <t>Fä: motormanuell, Rü: Mobilseilkran (VB), Aa: Prozessor</t>
+  </si>
+  <si>
+    <t>Fä: motormanuell, Rü: konv. Seilkran (VB), Aa: Prozessor</t>
+  </si>
+  <si>
+    <t>Fä + Aa: motormanuell, Rü: Helikopter (SO)</t>
+  </si>
+  <si>
+    <t>Fä: motormanuell, Rü: Helikopter (VB), Aa: Prozessor</t>
+  </si>
+  <si>
+    <t>Fä: motormanuell, Vr: Schlepper, Ha: Hacker-Forwarder</t>
+  </si>
+  <si>
+    <t>andere Verfahren</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208203/389952</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">metodo di raccolta del legname</t>
+      <t xml:space="preserve">Holzernteverfahren</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1047</t>
     </r>
   </si>
   <si>
-    <t>Metodi utilizzati per la raccolta del legname, ossia per l'abbattimento, l'allestimento e l'esbosco degli alberi, in dodici classi. Se a partire dall'ultimo inventario è stato realizzato un intervento con raccolta del legname, l'indicazione si basa sul metodo effettivamente eseguito. Se per contro non è stato effettuata nessuna raccolta di legname, l'indicazione si basa sul metodo che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Abbreviazioni: Ta: Taglio del legname, Es: Esbosco, Pr: Pre-esbosco, Ab: Abbattimento, Al: Allestimento, Ci: Cippatura, As: Assortimento, Ai: Albero intero. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Holzhauerei und MID: 3001 Rückemittel)</t>
+    <t>Verfahren, die bei der Holzernte, d.h. für das Fällen, Aufarbeiten und Rücken der Bäume verwendet werden, in zwölf Klassen. Wurde seit der letzten Inventur Holz geerntet, beruht die Angabe auf den tatsächlich eingesetzten Verfahren, erfolgte dagegen keine Ernte, beruht sie auf den Verfahren, die gemäss Einschätzung des/der Revierförsters/-in bei einem Eingriff zum Zeitpunkt der aktuellen Inventur eingesetzt worden wären. Abkürzungen: Hh: Holzhauerei, Rü: Rücken, Vr: Vorrücken, Fä: Fällen, Aa: Aufarbeiten, Ha: Hacken, SO: Sortiment, VB: Vollbaum. Grundlage: Forstdienstbefragung (MID 352: Art der Holzhauerei, MID: 3001 Rückemittel)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>100.0</v>
       </c>
       <c r="AY26" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ26" s="6">
         <v>100.0</v>
       </c>
       <c r="BA26" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208203/389952</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">metodo di raccolta del legname</t>
+            <t xml:space="preserve">Holzernteverfahren</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1047</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>