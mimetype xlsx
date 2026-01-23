--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>timber-harvesting technique</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>metodo di raccolta del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>LO: motor-manual, EX: skidder (AS)</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>Ta: motosega, Es: trattore (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Pr: trattore, Es: forwarder (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: trattore (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: allesti-/raccoglitrice su ruote/cingoli, Es: forw. (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica mobile (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica convenzionale (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica mobile (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica convenzionale (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: motosega, Es: elicottero (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: elicottero (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Pr: trattore, Ci: forwarder-cippatrice</t>
+  </si>
+  <si>
+    <t>altri metodi</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208206/389955</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber-harvesting technique</t>
+      <t xml:space="preserve">metodo di raccolta del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1047</t>
     </r>
   </si>
   <si>
-    <t>Techniques used in timber harvesting, i.e. for felling, processing and extracting trees – in twelve classes. If timber has been harvested since the last Inventory, the information is based on the procedures actually used. If, on the other hand, no harvesting has taken place, it is based on the procedures which, according to the district forester's assessment, would have been used in the case of an intervention at the time of the current Inventory. Abbreviations: LO: logging, EX: extraction, PS: pre-skidding, FE: felling, PRO: processing, CH: chopping, AS: assortment, FT: full tree. Reference: Forest Service Survey (MID 352: Art der Holzhauerei, MID: 3001: Rückemittel)</t>
+    <t>Metodi utilizzati per la raccolta del legname, ossia per l'abbattimento, l'allestimento e l'esbosco degli alberi, in dodici classi. Se a partire dall'ultimo inventario è stato realizzato un intervento con raccolta del legname, l'indicazione si basa sul metodo effettivamente eseguito. Se per contro non è stato effettuata nessuna raccolta di legname, l'indicazione si basa sul metodo che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Abbreviazioni: Ta: Taglio del legname, Es: Esbosco, Pr: Pre-esbosco, Ab: Abbattimento, Al: Allestimento, Ci: Cippatura, As: Assortimento, Ai: Albero intero. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Holzhauerei und MID: 3001 Rückemittel)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2366,51 +2366,51 @@
         <v>100.0</v>
       </c>
       <c r="AC26" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD26" s="6">
         <v>100.0</v>
       </c>
       <c r="AE26" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208206/389955</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber-harvesting technique</t>
+            <t xml:space="preserve">metodo di raccolta del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1047</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>