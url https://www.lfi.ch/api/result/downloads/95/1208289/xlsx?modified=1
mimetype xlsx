--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI4</t>
-[...5 lines deleted...]
-    <t>timber-harvesting technique</t>
+    <t>IFN4</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>metodo di raccolta del legname</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2009/17</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>LO: motor-manual, EX: skidder (AS)</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>Ta: motosega, Es: trattore (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Pr: trattore, Es: forwarder (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: trattore (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: allesti-/raccoglitrice su ruote/cingoli, Es: forw. (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica mobile (As)</t>
+  </si>
+  <si>
+    <t>Ta: motosega, Es: teleferica convenzionale (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica mobile (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: teleferica convenzionale (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab+Al: motosega, Es: elicottero (As)</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Es: elicottero (Ai), Al: processore</t>
+  </si>
+  <si>
+    <t>Ab: motosega, Pr: trattore, Ci: forwarder-cippatrice</t>
+  </si>
+  <si>
+    <t>altri metodi</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208289/390038</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber-harvesting technique</t>
+      <t xml:space="preserve">metodo di raccolta del legname</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1047</t>
     </r>
   </si>
   <si>
-    <t>Techniques used in timber harvesting, i.e. for felling, processing and extracting trees – in twelve classes. If timber has been harvested since the last Inventory, the information is based on the procedures actually used. If, on the other hand, no harvesting has taken place, it is based on the procedures which, according to the district forester's assessment, would have been used in the case of an intervention at the time of the current Inventory. Abbreviations: LO: logging, EX: extraction, PS: pre-skidding, FE: felling, PRO: processing, CH: chopping, AS: assortment, FT: full tree. Reference: Forest Service Survey (MID 352: Art der Holzhauerei, MID: 3001: Rückemittel)</t>
+    <t>Metodi utilizzati per la raccolta del legname, ossia per l'abbattimento, l'allestimento e l'esbosco degli alberi, in dodici classi. Se a partire dall'ultimo inventario è stato realizzato un intervento con raccolta del legname, l'indicazione si basa sul metodo effettivamente eseguito. Se per contro non è stato effettuata nessuna raccolta di legname, l'indicazione si basa sul metodo che sarebbe stato preso in considerazione al momento dell'inventario attuale secondo la valutazione del forestale locale. Abbreviazioni: Ta: Taglio del legname, Es: Esbosco, Pr: Pre-esbosco, Ab: Abbattimento, Al: Allestimento, Ci: Cippatura, As: Assortimento, Ai: Albero intero. Fonte: inchiesta presso il servizio forestale (MID 352: Art der Holzhauerei und MID: 3001 Rückemittel)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1558,235 +1558,235 @@
         <v>120.7</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
       <c r="N26" s="6">
         <v>1049.5</v>
       </c>
       <c r="O26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208289/390038</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber-harvesting technique</t>
+            <t xml:space="preserve">metodo di raccolta del legname</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1047</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>