--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI3</t>
-[...5 lines deleted...]
-    <t>potential demand for local recreation (method used in NFI2 and NFI3)</t>
+    <t>IFN3</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2004/07</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessuna</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>molto elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208573/390322</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">potential demand for local recreation (method used in NFI2 and NFI3)</t>
+      <t xml:space="preserve">richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #917</t>
     </r>
   </si>
   <si>
-    <t>Level of potential demand for local recreation, classified into five classes according to a model that estimates the number of permanently occupied and temporarily occupied/unoccupied dwellings within a radius of two kilometres. The variable is only available for NFI2 and NFI3.</t>
+    <t>Entità delle attività ricreative periurbane potenzialmente richieste, in cinque classi, determinata utilizzando un modello che stima il numero di abitazioni occupate in modo permanente e temporanee/non occupate nel raggio di due chilometri. Questa variabile è disponibile solo per IFN2 e IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest</t>
+      <t xml:space="preserve">bosco accessibile</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the forest definition of the NFI, i.e. is «forest without shrub forest» or «shrub forest», and can be reached on foot.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.835" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208573/390322</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">potential demand for local recreation (method used in NFI2 and NFI3)</t>
+            <t xml:space="preserve">richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #917</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest</t>
+            <t xml:space="preserve">bosco accessibile</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>