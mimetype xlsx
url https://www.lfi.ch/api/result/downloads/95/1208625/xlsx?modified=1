--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI3</t>
-[...5 lines deleted...]
-    <t>potential demand for local recreation (method used in NFI2 and NFI3)</t>
+    <t>IFN3</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4-km grid</t>
+      <t xml:space="preserve">: reticolo 1,4 x 1,4 km</t>
     </r>
   </si>
   <si>
-    <t>state 2004/07</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2004/07</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>none</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessuna</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>moderata</t>
+  </si>
+  <si>
+    <t>elevata</t>
+  </si>
+  <si>
+    <t>molto elevata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208625/390374</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">potential demand for local recreation (method used in NFI2 and NFI3)</t>
+      <t xml:space="preserve">richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #917</t>
     </r>
   </si>
   <si>
-    <t>Level of potential demand for local recreation, classified into five classes according to a model that estimates the number of permanently occupied and temporarily occupied/unoccupied dwellings within a radius of two kilometres. The variable is only available for NFI2 and NFI3.</t>
+    <t>Entità delle attività ricreative periurbane potenzialmente richieste, in cinque classi, determinata utilizzando un modello che stima il numero di abitazioni occupate in modo permanente e temporanee/non occupate nel raggio di due chilometri. Questa variabile è disponibile solo per IFN2 e IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4-km grid</t>
+      <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
+    <t>Reticolo di campionamento dell'IFN a maglia quadrata con una distanza di 1,4 km. Il reticolo 1,4 x 1,4 km rappresenta il reticolo terrestre comune a tutti gli inventari fin'ora eseguiti, per cui viene denominato come reticolo di base.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="91.835" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>153.7</v>
       </c>
       <c r="AC19" s="6">
         <v>2</v>
       </c>
       <c r="AD19" s="6">
         <v>1177.9</v>
       </c>
       <c r="AE19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208625/390374</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">potential demand for local recreation (method used in NFI2 and NFI3)</t>
+            <t xml:space="preserve">richiesta potenziale di attività ricreativa periurbana (metodo IFN2 e IFN3)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #917</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4-km grid</t>
+            <t xml:space="preserve">reticolo 1,4 x 1,4 km</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>