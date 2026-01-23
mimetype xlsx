--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>dominance of introduced woody species (3 classes; from NFI1 on)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>not dominated by introduced woody species</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>nicht von eingeführten Gehölzarten dominiert</t>
+  </si>
+  <si>
+    <t>von eingeführten Gehölzarten ausser Robinie dominiert</t>
+  </si>
+  <si>
+    <t>von der eingeführten, invasiven Robinie dominiert</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208836/390585</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+      <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2631</t>
     </r>
   </si>
   <si>
-    <t>Indication as to whether introduced woody species (tree- or shrub-like neophytes) ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock, classified into the three classes: «not dominated by introduced species», «dominated by introduced species other than black locust», «dominated by introduced, invasive black locust». Black locust is the only invasive introduced species that has been recorded separately in all NFI inventories to date. The classification as «invasive» corresponds to the publication «Alien species in Switzerland» of the Federal Office for the Environment (FOEN) from 2022 (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Angabe, ob eingeführte Gehölzarten (baum- oder strauchförmige Neophyten) mit einem Brusthöhendurchmesser (BHD) ab 12 cm bezüglich Vorrat dominieren, also mindestens 50% des Vorrats ausmachen, in den drei Klassen «nicht von eingeführten Arten dominiert», «von eingeführten Arten ausser der Robinie dominiert», «von der eingeführten, invasiven Robinie dominiert». Die Robinie ist die einzige invasive eingeführte Art, die in sämtlichen bisherigen Inventuren des LFI separat erfasst worden ist. Die Einstufung in «invasiv» entspricht der Publikation «Gebietsfremde Arten der Schweiz» des Bundesamts für Umwelt (BAFU) aus dem Jahr 2022 (UW-2220-D). Grundlage: Feldaufnahme (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208836/390585</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
+            <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2631</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>