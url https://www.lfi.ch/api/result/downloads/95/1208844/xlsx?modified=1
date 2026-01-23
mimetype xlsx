--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>dominance of introduced woody species (3 classes; from NFI1 on)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>nicht von eingeführten Gehölzarten dominiert</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>not dominated by introduced woody species</t>
+  </si>
+  <si>
+    <t>dominated by introduced woody species, without black locust</t>
+  </si>
+  <si>
+    <t>dominated by black locust, invasive introduced species</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1208844/390593</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
+      <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2631</t>
     </r>
   </si>
   <si>
-    <t>Angabe, ob eingeführte Gehölzarten (baum- oder strauchförmige Neophyten) mit einem Brusthöhendurchmesser (BHD) ab 12 cm bezüglich Vorrat dominieren, also mindestens 50% des Vorrats ausmachen, in den drei Klassen «nicht von eingeführten Arten dominiert», «von eingeführten Arten ausser der Robinie dominiert», «von der eingeführten, invasiven Robinie dominiert». Die Robinie ist die einzige invasive eingeführte Art, die in sämtlichen bisherigen Inventuren des LFI separat erfasst worden ist. Die Einstufung in «invasiv» entspricht der Publikation «Gebietsfremde Arten der Schweiz» des Bundesamts für Umwelt (BAFU) aus dem Jahr 2022 (UW-2220-D). Grundlage: Feldaufnahme (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Indication as to whether introduced woody species (tree- or shrub-like neophytes) ≥12 cm in diameter at breast height (dbh) dominate the growing stock, i.e. account for at least 50% of the growing stock, classified into the three classes: «not dominated by introduced species», «dominated by introduced species other than black locust», «dominated by introduced, invasive black locust». Black locust is the only invasive introduced species that has been recorded separately in all NFI inventories to date. The classification as «invasive» corresponds to the publication «Alien species in Switzerland» of the Federal Office for the Environment (FOEN) from 2022 (UW-2220-E). Reference: Field Survey (MID 50: Baumart, MID 1018: Baumzustand, MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1208844/390593</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Dominanz von eingeführten Gehölzarten (3 Klassen; ab LFI1)</t>
+            <t xml:space="preserve">dominance of introduced woody species (3 classes; from NFI1 on)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2631</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>