--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI4</t>
-[...5 lines deleted...]
-    <t>Stöcke und liegendes Totholz</t>
+    <t>NFI4</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>stumps and lying deadwood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2009/17</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">vorhanden </t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>present</t>
+  </si>
+  <si>
+    <t>not present</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210107/391856</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+      <t xml:space="preserve">stumps and lying deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #459</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen mit/ohne Stöcke und liegendem Totholz auf der Interpretationsfläche. «mit» ist gegeben, wenn auf der Interpretationsfläche mindestens fünf Baumstöcke ab 30 cm Durchmesser und 20 cm Höhe oder ein liegender Baum von 30 cm Brusthöhendurchmesser (BHD) vorhanden ist. Grundlage: Feldaufnahme (MID 210: Stöcke)</t>
+    <t>Sample plots with/without stumps and lying deadwood on the interpretation area. «With» applies if there are at least five tree stumps ≥30 cm in diameter and 20 cm in height or a lying tree ≥30 cm in diameter at breast height (dbh) on the interpretation area. Reference: Field Survey (MID 210: Stöcke)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210107/391856</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Stöcke und liegendes Totholz</t>
+            <t xml:space="preserve">stumps and lying deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #459</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>