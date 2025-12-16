--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>essence principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total basal area</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...23 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...35 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210125/391874</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière totale</t>
+      <t xml:space="preserve">total basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm DHP. La surface terrière totale est la somme de la surface terrière et de la surface terrière du bois mort.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>33.1</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
       <c r="N27" s="6">
         <v>34.0</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210125/391874</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière totale</t>
+            <t xml:space="preserve">total basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>