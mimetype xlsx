--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Basalfläche</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schutzwald gegen Lawinen (2022)</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...23 lines deleted...]
-    <t>outside</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>innerhalb</t>
+  </si>
+  <si>
+    <t>ausserhalb</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211484/393233</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2264,268 +2264,268 @@
         <v>30.2</v>
       </c>
       <c r="L44" s="6">
         <v>4</v>
       </c>
       <c r="M44" s="6">
         <v>31.1</v>
       </c>
       <c r="N44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211484/393233</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>