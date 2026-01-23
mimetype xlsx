--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Lawinen (2022) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...26 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...23 lines deleted...]
-    <t>ausserhalb</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211484/393233</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Lawinen, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2264,268 +2264,268 @@
         <v>30.2</v>
       </c>
       <c r="L44" s="6">
         <v>4</v>
       </c>
       <c r="M44" s="6">
         <v>31.1</v>
       </c>
       <c r="N44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211484/393233</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:14" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Lawinen (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>