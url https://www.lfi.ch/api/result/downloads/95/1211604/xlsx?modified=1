--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,200 +14,200 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (56 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -232,288 +232,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>altre arbusti</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211604/393353</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3758,235 +3758,235 @@
         <v>33.7</v>
       </c>
       <c r="M70" s="6">
         <v>4</v>
       </c>
       <c r="N70" s="6">
         <v>32.4</v>
       </c>
       <c r="O70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:15" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211604/393353</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
       <c r="N71" s="3"/>
       <c r="O71" s="3"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:15" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:15" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:15" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:15" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:15" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>