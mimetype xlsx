--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,224 +14,224 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>essence (56 classes)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area</t>
+  </si>
+  <si>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -256,288 +256,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (autres)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (autres)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>autres feuillus</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>other shrubs</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211610/393359</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence (56 classes)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir d'un diamètre de 12 cm à hauteur de poitrine (DHP), répartie en 56 classes. Les espèces et groupes d'espèces non explicitement mentionnées sont regroupés dans les classes «autres résineux», «autres feuillus» et «autres arbustes». Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6678,51 +6678,51 @@
         <v>30.2</v>
       </c>
       <c r="AC70" s="6">
         <v>4</v>
       </c>
       <c r="AD70" s="6">
         <v>31.1</v>
       </c>
       <c r="AE70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:31" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211610/393359</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -6738,191 +6738,191 @@
       <c r="U71" s="3"/>
       <c r="V71" s="3"/>
       <c r="W71" s="3"/>
       <c r="X71" s="3"/>
       <c r="Y71" s="3"/>
       <c r="Z71" s="3"/>
       <c r="AA71" s="3"/>
       <c r="AB71" s="3"/>
       <c r="AC71" s="3"/>
       <c r="AD71" s="3"/>
       <c r="AE71" s="3"/>
     </row>
     <row r="74" spans="1:31">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:31" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="77" spans="1:31">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence (56 classes)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:31" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:31">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:31" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:31">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:31" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:31">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:31" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>