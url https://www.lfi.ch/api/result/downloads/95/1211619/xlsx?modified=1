--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,224 +14,224 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (56 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -256,288 +256,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (others)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (others)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>other broadleaves</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>altre arbusti</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211619/393368</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6678,51 +6678,51 @@
         <v>29.3</v>
       </c>
       <c r="AC70" s="6">
         <v>4</v>
       </c>
       <c r="AD70" s="6">
         <v>30.7</v>
       </c>
       <c r="AE70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:31" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211619/393368</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
@@ -6738,191 +6738,191 @@
       <c r="U71" s="3"/>
       <c r="V71" s="3"/>
       <c r="W71" s="3"/>
       <c r="X71" s="3"/>
       <c r="Y71" s="3"/>
       <c r="Z71" s="3"/>
       <c r="AA71" s="3"/>
       <c r="AB71" s="3"/>
       <c r="AC71" s="3"/>
       <c r="AD71" s="3"/>
       <c r="AE71" s="3"/>
     </row>
     <row r="74" spans="1:31">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:31" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="77" spans="1:31">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:31" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="80" spans="1:31">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:31" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:31">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:31" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:31">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:31" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>