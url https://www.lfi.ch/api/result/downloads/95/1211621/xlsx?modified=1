--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -17,194 +17,194 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>surface terrière</t>
-[...2 lines deleted...]
-    <t>essence (56 classes)</t>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>specie arborea (56 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...20 lines deleted...]
-    <t>Suisse</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>autres résineux</t>
+    <t>altre conifere</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -229,288 +229,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (autres)</t>
+    <t>Populus (altr)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (autres)</t>
+    <t>Salix (altri)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>autres feuillus</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>altre arbusti</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211621/393370</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence (56 classes)</t>
+      <t xml:space="preserve">specie arborea (56 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir d'un diamètre de 12 cm à hauteur de poitrine (DHP), répartie en 56 classes. Les espèces et groupes d'espèces non explicitement mentionnées sont regroupés dans les classes «autres résineux», «autres feuillus» et «autres arbustes». Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3393,233 +3393,233 @@
         <v>29.3</v>
       </c>
       <c r="K70" s="6">
         <v>4</v>
       </c>
       <c r="L70" s="6">
         <v>30.7</v>
       </c>
       <c r="M70" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211621/393370</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence (56 classes)</t>
+            <t xml:space="preserve">specie arborea (56 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>