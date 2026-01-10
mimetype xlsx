--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi) · fertilità della stazione</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>ownership (2 categories) · site quality</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>fertilità della stazione</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
+  </si>
+  <si>
+    <t>site quality</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>scarsa</t>
-[...17 lines deleted...]
-    <t>privata</t>
+    <t>low</t>
+  </si>
+  <si>
+    <t>moderate</t>
+  </si>
+  <si>
+    <t>good</t>
+  </si>
+  <si>
+    <t>very good</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1212152/393901</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fertilità della stazione</t>
+      <t xml:space="preserve">site quality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #894</t>
     </r>
   </si>
   <si>
-    <t>Capacità produttiva della stazione in quattro classi in base alla produzione totale (PT) secondo Keller (1978) in chilogrammi per ettaro e anno. Scarsa: PT fino a 1500 kg/(ha×anno), media: PT 1501-3000 kg/(ha×anno), buona: PT 3001-4500 kg/(ha×anno), molto buona: PT sopra 4500 kg/(ha×anno)</t>
+    <t>Production capacity of the site in kilograms per hectare and year based on the total mean increment (TMI) according to Keller (1978) - in four classes. Low: TMI ≤1500 kg/(ha/year), moderate: TMI 1501-3000 kg/(ha/year), good: TMI 3001-4500 kg/(ha/year), very good: TMI &gt;4500 kg/(ha/year).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2083,270 +2083,270 @@
         <v>193.6</v>
       </c>
       <c r="N36" s="6">
         <v>2</v>
       </c>
       <c r="O36" s="6">
         <v>1327.1</v>
       </c>
       <c r="P36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1212152/393901</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fertilità della stazione</t>
+            <t xml:space="preserve">site quality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #894</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>