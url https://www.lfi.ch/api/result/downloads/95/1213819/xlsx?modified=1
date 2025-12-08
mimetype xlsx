--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,424 +14,424 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>volume of bolewood (HG 2010)</t>
+    <t>Schaftderbholzvolumen (HG 2010)</t>
   </si>
   <si>
-    <t>type of assortment · timber assortment classes (HG 2010)</t>
+    <t>Sortimentierungsart · Sortimentierungsklassen (HG 2010)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>type of assortment</t>
+    <t>Sortimentierungsart</t>
   </si>
   <si>
-    <t>timber assortment classes (HG 2010)</t>
+    <t>Sortimentierungsklassen (HG 2010)</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>smallwood</t>
+    <t>Schwachholz</t>
   </si>
   <si>
-    <t>classes 1 and 2</t>
+    <t>Klassen 1 und 2</t>
   </si>
   <si>
-    <t>classes 3 and 4</t>
+    <t>Klassen 3 und 4</t>
   </si>
   <si>
-    <t>classes 5 and 6</t>
+    <t>Klassen 5 und 6</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>coniferous wood</t>
+    <t>Nadel-Holz</t>
   </si>
   <si>
-    <t>coniferous shortwood</t>
+    <t>Nadel-Kurzholz</t>
   </si>
   <si>
-    <t>coniferous mediumwood</t>
+    <t>Nadel-Mittellangholz</t>
   </si>
   <si>
-    <t>coniferous longwood</t>
+    <t>Nadel-Langholz</t>
   </si>
   <si>
-    <t>broadleaf roundwood</t>
+    <t>Laub-Rundholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1213819/395568</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+      <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #211</t>
     </r>
   </si>
   <si>
-    <t>Wood volume of the stem without bark or stump ≥7 cm in diameter (limit for merchantable wood) of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm, based on the stem-form functions according to Kaufmann (2001). The definition of the assortments is based on the 2010 edition of the Swiss trading customs for raw timber (HG 2010).</t>
+    <t>Holzvolumen des Schaftes ohne Rinde und ohne Stock von mindestens 7 cm Durchmesser (Derbholzgrenze) aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), ermittelt mit den Schaftform-Funktionen gemäss Kaufmann (2001). Die Definition der Sortimente erfolgte nach den Handelsgebräuchen Ausgabe 2010.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">type of assortment</t>
+      <t xml:space="preserve">Sortimentierungsart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2221</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into five length classes (4 for conifers, 1 for broadleaves) on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Reference: Forest Service Survey (MID 2020: Längensortierung des Nadelrundholzes)</t>
+    <t>Längensortierung des Rundholzes in fünf Klassen (4 für Nadelholz und 1 für Laubholz) nach den Schweizer Handelsgebräuchen für Rohholz, Ausgaben 2010 und 2021 (HG 2010). Grundlage: Forstdienstbefragung (MID 2020: Längensortierung des Nadelrundholzes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+      <t xml:space="preserve">Sortimentierungsklassen (HG 2010)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1788</t>
     </r>
   </si>
   <si>
-    <t>Sorting of roundwood into four diameter classes on the basis of the 2010 and 2021 editions of the Swiss Trading Customs for Raw Timber (HG 2010, Waldwirtschaft Schweiz et al. 2010). Classes 1 and 2, 3 and 4, as well as 5 and 6 of the HG 2010 are each combined into one class.</t>
+    <t>Durchmessersortierung des Rundholzes in vier Klassen anhand der Schweizer Handelsgebräuche für Rohholz, Ausgaben 2010 und 2021 (HG 2010). Dabei werden die Klassen 1 und 2, 3 und 4 sowie 5 und 6 der HG 2010 je zu einer Klasse zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -783,52 +783,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -5114,51 +5114,51 @@
         <v>35195</v>
       </c>
       <c r="AD54" s="6">
         <v>4</v>
       </c>
       <c r="AE54" s="6">
         <v>368822</v>
       </c>
       <c r="AF54" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="21.75">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1213819/395568</t>
           </r>
         </is>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3"/>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3"/>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
@@ -5174,226 +5174,226 @@
       <c r="V55" s="3"/>
       <c r="W55" s="3"/>
       <c r="X55" s="3"/>
       <c r="Y55" s="3"/>
       <c r="Z55" s="3"/>
       <c r="AA55" s="3"/>
       <c r="AB55" s="3"/>
       <c r="AC55" s="3"/>
       <c r="AD55" s="3"/>
       <c r="AE55" s="3"/>
       <c r="AF55" s="3"/>
     </row>
     <row r="58" spans="1:32">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of bolewood (HG 2010)</t>
+            <t xml:space="preserve">Schaftderbholzvolumen (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #211</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:32" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">type of assortment</t>
+            <t xml:space="preserve">Sortimentierungsart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2221</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:32" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">timber assortment classes (HG 2010)</t>
+            <t xml:space="preserve">Sortimentierungsklassen (HG 2010)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1788</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:32" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:32" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:32">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:32" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:32">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:32" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>