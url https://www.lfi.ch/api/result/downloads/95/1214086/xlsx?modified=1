--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>stabilité du peuplement</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>stand stability</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>critique</t>
-[...2 lines deleted...]
-    <t>amoindrie</t>
+    <t>critical</t>
+  </si>
+  <si>
+    <t>reduced</t>
   </si>
   <si>
     <t>stable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214086/395835</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stabilité du peuplement</t>
+      <t xml:space="preserve">stand stability</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Résistance mécanique d'un peuplement aux contraintes abiotiques et biotiques dans les 10 à 20 prochaines années, en trois classes. Source: relevé de terrain (MID 310: Gesamtstabilität)</t>
+    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214086/395835</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,86 +2083,86 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stabilité du peuplement</t>
+            <t xml:space="preserve">stand stability</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
@@ -2188,86 +2188,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>