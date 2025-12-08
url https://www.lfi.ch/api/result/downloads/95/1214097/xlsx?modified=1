--- v0 (2025-10-10)
+++ v1 (2025-12-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Bestandesstabilität</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>stand stability</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">kritisch </t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>critical</t>
+  </si>
+  <si>
+    <t>reduced</t>
+  </si>
+  <si>
+    <t>stable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214097/395846</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesstabilität</t>
+      <t xml:space="preserve">stand stability</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Mechanische Widerstandsfähigkeit eines Bestandes gegenüber abiotischen und biotischen Belastungen innerhalb der nächsten 10 bis 20 Jahre in drei Klassen. Grundlage: Feldaufnahme (MID 310: Gesamtstabilität)</t>
+    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214097/395846</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesstabilität</t>
+            <t xml:space="preserve">stand stability</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>