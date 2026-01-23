--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand stability</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>stabilità del popolamento</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>critical</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t xml:space="preserve">critica </t>
+  </si>
+  <si>
+    <t>labile</t>
+  </si>
+  <si>
+    <t>stabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214097/395846</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand stability</t>
+      <t xml:space="preserve">stabilità del popolamento</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
+    <t>Capacità di resistenza meccanica di un popolamento di fronte a stress abiotici e biotici nei prossimi 10-20 anni, in tre classi. Fonte: rilievo sul terreno (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>100.0</v>
       </c>
       <c r="AY17" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ17" s="6">
         <v>100.0</v>
       </c>
       <c r="BA17" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214097/395846</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand stability</t>
+            <t xml:space="preserve">stabilità del popolamento</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>