--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (classi dimensionali) · specie arborea principale</t>
+    <t>Brusthöhendurchmesser (Stärkeklassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,326 +172,326 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (classi dimensionali)</t>
+    <t>Brusthöhendurchmesser (Stärkeklassen)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214425/396174</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi dimensionali. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD nach Stärkeklasse. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -846,52 +846,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -18309,51 +18309,51 @@
         <v>26.9</v>
       </c>
       <c r="AZ117" s="7">
         <v>5</v>
       </c>
       <c r="BA117" s="7">
         <v>32.4</v>
       </c>
       <c r="BB117" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:54" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214425/396174</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
@@ -18391,226 +18391,226 @@
       <c r="AR118" s="3"/>
       <c r="AS118" s="3"/>
       <c r="AT118" s="3"/>
       <c r="AU118" s="3"/>
       <c r="AV118" s="3"/>
       <c r="AW118" s="3"/>
       <c r="AX118" s="3"/>
       <c r="AY118" s="3"/>
       <c r="AZ118" s="3"/>
       <c r="BA118" s="3"/>
       <c r="BB118" s="3"/>
     </row>
     <row r="121" spans="1:54">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:54" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="124" spans="1:54">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:54" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="127" spans="1:54">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:54" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="130" spans="1:54">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:54" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="133" spans="1:54">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:54" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="136" spans="1:54">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:54" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>