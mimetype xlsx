--- v0 (2026-01-11)
+++ v1 (2026-01-16)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>gigante (no/sì) · specie arborea principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of stems</t>
+  </si>
+  <si>
+    <t>giant (yes/no) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>giant (yes/no)</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>sì</t>
+    <t>yes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214444/396193</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti</t>
+      <t xml:space="preserve">number of stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti di tutti gli alberi e arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">gigante (no/sì)</t>
+      <t xml:space="preserve">giant (yes/no)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1282</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da un diametro a petto d'uomo (DPU) di 12 cm in due classi, ossia «non gigante» (DPU fino a 80 cm) e «gigante» (DPU superiore a 80 cm). Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into two classes according to their dbh: «not giant» (dbh ≤80 cm) or «giant» (dbh &gt;80 cm). Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="19.852" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>457</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>405</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214444/396193</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti</t>
+            <t xml:space="preserve">number of stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">gigante (no/sì)</t>
+            <t xml:space="preserve">giant (yes/no)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>