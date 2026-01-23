--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes) · main tree species</t>
+    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,341 +172,341 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>Brusthöhendurchmesser (10 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214734/396483</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -858,52 +858,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -30481,51 +30481,51 @@
         <v>26.9</v>
       </c>
       <c r="AZ192" s="6">
         <v>5</v>
       </c>
       <c r="BA192" s="6">
         <v>32.4</v>
       </c>
       <c r="BB192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:54" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214734/396483</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -30563,226 +30563,226 @@
       <c r="AR193" s="3"/>
       <c r="AS193" s="3"/>
       <c r="AT193" s="3"/>
       <c r="AU193" s="3"/>
       <c r="AV193" s="3"/>
       <c r="AW193" s="3"/>
       <c r="AX193" s="3"/>
       <c r="AY193" s="3"/>
       <c r="AZ193" s="3"/>
       <c r="BA193" s="3"/>
       <c r="BB193" s="3"/>
     </row>
     <row r="196" spans="1:54">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:54" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="199" spans="1:54">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:54" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="202" spans="1:54">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:54" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="205" spans="1:54">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:54" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="208" spans="1:54">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:54" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="211" spans="1:54">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:54" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>