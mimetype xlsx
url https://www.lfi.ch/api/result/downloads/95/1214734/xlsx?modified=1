--- v1 (2026-01-23)
+++ v2 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Basalfläche</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
+    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,341 +172,341 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (10 Klassen)</t>
+    <t>diametro a petto d'uomo (10 classi)</t>
   </si>
   <si>
-    <t>Hauptbaumart</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>Tanne</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>Föhre</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>Lärche</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arve</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>übrige Nadelhölzer</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>Buche</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>Ahorn</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>Esche</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>Eiche</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>Kastanie</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>übrige Laubhölzer</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>nicht bestimmbar</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214734/396483</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Basalfläche</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -858,52 +858,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -30481,51 +30481,51 @@
         <v>26.9</v>
       </c>
       <c r="AZ192" s="6">
         <v>5</v>
       </c>
       <c r="BA192" s="6">
         <v>32.4</v>
       </c>
       <c r="BB192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:54" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214734/396483</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -30563,226 +30563,226 @@
       <c r="AR193" s="3"/>
       <c r="AS193" s="3"/>
       <c r="AT193" s="3"/>
       <c r="AU193" s="3"/>
       <c r="AV193" s="3"/>
       <c r="AW193" s="3"/>
       <c r="AX193" s="3"/>
       <c r="AY193" s="3"/>
       <c r="AZ193" s="3"/>
       <c r="BA193" s="3"/>
       <c r="BB193" s="3"/>
     </row>
     <row r="196" spans="1:54">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Basalfläche</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:54" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="199" spans="1:54">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:54" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="202" spans="1:54">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:54" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="205" spans="1:54">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:54" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="208" spans="1:54">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:54" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="211" spans="1:54">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:54" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>