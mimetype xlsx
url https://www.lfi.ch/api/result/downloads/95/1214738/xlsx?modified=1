--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>IFN5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi) · specie arborea principale</t>
+    <t>Brusthöhendurchmesser (10 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>regione biogeografica</t>
+    <t>biogeografische Region</t>
   </si>
   <si>
-    <t>Giura</t>
+    <t>Jura</t>
   </si>
   <si>
-    <t>Altopiano</t>
+    <t>Mittelland</t>
   </si>
   <si>
-    <t>Versante nord delle Alpi</t>
+    <t>Alpennordflanke</t>
   </si>
   <si>
-    <t>Alpi centrali occidentali</t>
+    <t>Westliche Zentralalpen</t>
   </si>
   <si>
-    <t>Alpi centrali orientali</t>
+    <t>Östliche Zentralalpen</t>
   </si>
   <si>
-    <t>Versante sud delle Alpi</t>
+    <t>Alpensüdflanke</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi)</t>
+    <t>Brusthöhendurchmesser (10 Klassen)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>Total</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1214738/396487</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD in zehn Klassen. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -9638,270 +9638,270 @@
         <v>33.7</v>
       </c>
       <c r="N192" s="6">
         <v>4</v>
       </c>
       <c r="O192" s="6">
         <v>32.4</v>
       </c>
       <c r="P192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:16" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1214738/396487</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
       <c r="O193" s="3"/>
       <c r="P193" s="3"/>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:16" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:16" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:16" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:16" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:16" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:16" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>